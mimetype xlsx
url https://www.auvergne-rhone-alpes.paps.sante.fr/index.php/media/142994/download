--- v0 (2025-10-23)
+++ v1 (2026-03-18)
@@ -1,682 +1,445 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\DOS\09_POLE_PS_PS\DEMOG_MED_PS\03_ Internat\14_Drs Juniors\NOV 2025\4_Postes\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\DOS\09_POLE_PS_PS\DEMOG_MED_PS\03_ Internat\14_Drs Juniors\MAI 2026\4_Postes\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{75455255-C7F4-40B9-9A6D-79D3CF0D86F1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F06889BD-798F-4583-AA4B-A85590D0205E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11040" xr2:uid="{484D002D-6B2C-427C-AC12-76026C2D580A}"/>
+    <workbookView xWindow="20370" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{484D002D-6B2C-427C-AC12-76026C2D580A}"/>
   </bookViews>
   <sheets>
-    <sheet name="POSTES DJ NOV 25" sheetId="1" r:id="rId1"/>
+    <sheet name="POSTES A OUVRIR MAI 26" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'POSTES DJ NOV 25'!$A$3:$M$527</definedName>
-    <definedName name="_xlnm.Print_Titles" localSheetId="0">'POSTES DJ NOV 25'!$1:$3</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'POSTES A OUVRIR MAI 26'!$A$3:$M$306</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="0">'POSTES A OUVRIR MAI 26'!$1:$3</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4926" uniqueCount="1200">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2827" uniqueCount="716">
   <si>
     <t>Subdivision stage</t>
   </si>
   <si>
     <t>Libellé de l'établissement</t>
   </si>
   <si>
     <t>Identifiant unique du stage</t>
   </si>
   <si>
     <t>Libellé du terrain (service)</t>
   </si>
   <si>
     <t>RTS</t>
   </si>
   <si>
     <t>Type agrément</t>
   </si>
   <si>
     <t>Décision DG ARS (suite COP)</t>
   </si>
   <si>
     <t>Poste Simple, Mixte ou Couplé</t>
   </si>
   <si>
     <t>Poste décalé ? (oui/non)</t>
   </si>
   <si>
     <t>Précisions sur les postes/couplages</t>
   </si>
   <si>
     <t>Durée du poste
  (6 mois/1 an)</t>
   </si>
   <si>
     <t>Clermont-Ferrand</t>
   </si>
   <si>
     <t>CHU DE CLERMONT-FERRAND</t>
   </si>
   <si>
-    <t>CH GENERAL LE PUY (CH EMILE ROUX)</t>
-[...1 lines deleted...]
-  <si>
     <t>CH J LACARIN A VICHY</t>
   </si>
   <si>
-    <t>CH. DE MOULINS-YZEURE</t>
-[...1 lines deleted...]
-  <si>
     <t>CENTRE JEAN PERRIN</t>
   </si>
   <si>
     <t>CH GUY THOMAS A RIOM</t>
   </si>
   <si>
     <t>CH SAINTE-MARIE CF</t>
   </si>
   <si>
-    <t>CENTRE NOTRE DAME CHAMALIERES</t>
-[...1 lines deleted...]
-  <si>
     <t>CH D'ISSOIRE</t>
   </si>
   <si>
-    <t>CH DE MONTLUCON-NERIS-LES-BAINS</t>
-[...2 lines deleted...]
-    <t>CH HENRI MONDOR-AURILLAC</t>
+    <t>ARS AUVERGNE-RHONE-ALPES</t>
   </si>
   <si>
     <t>RECTORAT DE CLERMONT-FD</t>
   </si>
   <si>
-    <t>Praticien Rhumatologue</t>
-[...1 lines deleted...]
-  <si>
     <t>CENTRE MEDICAL ETIENNE CLEMENTEL</t>
   </si>
   <si>
     <t>ENEDIS - GRDF</t>
   </si>
   <si>
-    <t>PP6384SH00825</t>
-[...4 lines deleted...]
-  <si>
     <t>ENDOCRINOLOGIE, DIABETE ET MAL. METABO</t>
   </si>
   <si>
     <t>TAUVERON Igor</t>
   </si>
   <si>
     <t>MEDECINE INTERNE</t>
   </si>
   <si>
     <t>ANDRE Marc</t>
   </si>
   <si>
-    <t>PSYCHIATRIE ADULTES VICHY OUEST</t>
-[...4 lines deleted...]
-  <si>
     <t>RUIVARD Marc</t>
   </si>
   <si>
     <t>BOHATIER Jerome</t>
   </si>
   <si>
-    <t>CARDIOLOGIE</t>
-[...1 lines deleted...]
-  <si>
     <t>LABORATOIRE DE BIOLOGIE MEDICALE</t>
   </si>
   <si>
     <t>SERVICE DE CARDIOLOGIE MEDICALE</t>
   </si>
   <si>
-    <t>ESCHALIER Romain</t>
-[...1 lines deleted...]
-  <si>
     <t>GYNECOLOGIE-OBSTETRIQUE</t>
   </si>
   <si>
-    <t>BONNEFOY CLAIRE</t>
-[...1 lines deleted...]
-  <si>
     <t>MEDECINE DIGESTIVE ET HEPATO-BILIAIRE</t>
   </si>
   <si>
     <t>ABERGEL ARMANDO</t>
   </si>
   <si>
     <t>RHUMATOLOGIE</t>
   </si>
   <si>
+    <t>TOURNADRE Anne</t>
+  </si>
+  <si>
     <t>RADIOLOGIE</t>
   </si>
   <si>
     <t>NEPHROLOGIE</t>
   </si>
   <si>
     <t>HENG Anne-Elisabeth</t>
   </si>
   <si>
+    <t>DUTHEIL Frederic</t>
+  </si>
+  <si>
     <t>DERMATOLOGIE ET ONCOLOGIE CUTANEE</t>
   </si>
   <si>
     <t>ANATOMIE PATHOLOGIQUE</t>
   </si>
   <si>
+    <t>PENAULT-LLORCA FREDERIQUE</t>
+  </si>
+  <si>
     <t>PEDIATRIE REANIMATION PED NEONATOLOGIE</t>
   </si>
   <si>
     <t>SAVY Nadia</t>
   </si>
   <si>
     <t>PEDIATRIE GENERALE</t>
   </si>
   <si>
     <t>MERLIN Etienne</t>
   </si>
   <si>
     <t>NEUROLOGIE</t>
   </si>
   <si>
     <t>FANTINI Maria Livia</t>
   </si>
   <si>
     <t>PNEUMOLOGIE</t>
   </si>
   <si>
     <t>PSYCHIATRIE A ET PSYCHOLOGIE MEDICALE</t>
   </si>
   <si>
     <t>JALENQUES Isabelle</t>
   </si>
   <si>
-    <t>ONCOLOGIE MEDICALE</t>
-[...4 lines deleted...]
-  <si>
     <t>PSYCHIATRIE DE L'ENFANT ET ADOLESCENT</t>
   </si>
   <si>
     <t>FENEON-LANDOU Dominique</t>
   </si>
   <si>
     <t>PSYCHIATRIE_CMPB</t>
   </si>
   <si>
     <t>LLORCA Pierre-Michel</t>
   </si>
   <si>
-    <t>MED. PHYSIQUE ET DE READAPTATION</t>
-[...22 lines deleted...]
-  <si>
     <t>CHIRURGIE CARDIOVASCULAIRE</t>
   </si>
   <si>
     <t>CAMILLERI LIONEL</t>
   </si>
   <si>
-    <t>SERVICE DE CHIRURGIE GENERALE OSSEUSE</t>
-[...16 lines deleted...]
-  <si>
     <t>PHAM DANG Nathalie</t>
   </si>
   <si>
-    <t>OPHTALMOLOGIE</t>
-[...22 lines deleted...]
-  <si>
     <t>IMAGERIE MEDICALE CENTRE ET NORD</t>
   </si>
   <si>
     <t>GARCIER Jean-Marc</t>
   </si>
   <si>
-    <t>SERVICE HEMATO ONCO PED</t>
-[...4 lines deleted...]
-  <si>
     <t>BIOCHIMIE BIOLOGIE MOLECULAIRE GENETIQUE</t>
   </si>
   <si>
     <t>SAPIN Vincent</t>
   </si>
   <si>
-    <t>REANIMATION, SOINS INTENSIFS</t>
-[...1 lines deleted...]
-  <si>
     <t>RADIOLOGIE-IMAGERIE MEDICALE</t>
   </si>
   <si>
     <t>JOUBERT ANTHONY</t>
   </si>
   <si>
-    <t>ANATOMIE ET CYTOLOGIE PATHOLOGIQUE AU</t>
-[...4 lines deleted...]
-  <si>
     <t>PÔLE FEMME ET ENFANT _ SERVICE AMP -CECOS_SCE COMMUN DE GYNECOLOGIE OBSTETRIQUE_ (FIV)</t>
   </si>
   <si>
     <t>BRUGNON Florence</t>
   </si>
   <si>
-    <t>CYTOGENETIQUE MEDICALE</t>
-[...4 lines deleted...]
-  <si>
     <t>GYNECOLOGIE OBSTETRIQUE</t>
   </si>
   <si>
     <t>PEDIATRIE</t>
   </si>
   <si>
-    <t>CHIRURGIE A</t>
-[...1 lines deleted...]
-  <si>
     <t>MEDECINE A ORIENTATION CARDIOLOGIQUE</t>
   </si>
   <si>
-    <t>CHIRURGIE DIGESTIVE ET VISCERALE</t>
-[...20 lines deleted...]
-    <t>CARDIOLOGIE ET SOINS INTENSIFS CARDIO</t>
+    <t>REANIMATION POLYVALENTE</t>
+  </si>
+  <si>
+    <t>LABO. BACTERIOLOGIE</t>
+  </si>
+  <si>
+    <t>BONNET Richard</t>
+  </si>
+  <si>
+    <t>ANESTHESIE-REANIMATION CHIRURGICALE</t>
+  </si>
+  <si>
+    <t>JEREMIE NICOLAS</t>
   </si>
   <si>
     <t>HEMATOLOGIE</t>
   </si>
   <si>
     <t>LEBRETON AURELIEN</t>
   </si>
   <si>
-    <t>CHIRURGIE DIGESTIVE ET HEPATO-BILIAIRE</t>
-[...11 lines deleted...]
-    <t>GRGEK Sylvie</t>
+    <t>DEPARTEMENT D'INFORMATION MEDICALE</t>
+  </si>
+  <si>
+    <t>GOMEZ Sandra</t>
   </si>
   <si>
     <t>MEDECINE NUCLEAIRE</t>
   </si>
   <si>
     <t>CACHIN FLORENT</t>
   </si>
   <si>
-    <t>PHARMACIE HOSPITALIERE</t>
-[...10 lines deleted...]
-  <si>
     <t>SERVICE DE SANTE AU TRAVAIL</t>
   </si>
   <si>
-    <t>RADIOTHERAPIE</t>
-[...4 lines deleted...]
-  <si>
     <t>DEVOIZE Laurent</t>
   </si>
   <si>
     <t>ANESTHESIE-REANIMATION</t>
   </si>
   <si>
     <t>FUTIER Emmanuel</t>
   </si>
   <si>
-    <t>REANIMATION MEDICO-CHIRURGICALE</t>
-[...10 lines deleted...]
-  <si>
     <t>CHABROT Pascal</t>
   </si>
   <si>
-    <t>MATERNITE AU CHU ESTAING</t>
-[...13 lines deleted...]
-  <si>
     <t>ANESTHESIE</t>
   </si>
   <si>
-    <t>ORL - CHIR. MAXILLO-FACIALE</t>
-[...4 lines deleted...]
-  <si>
     <t>NUTRITION CLINIQUE AMBULATOIRE</t>
   </si>
   <si>
     <t>BOIRIE YVES</t>
   </si>
   <si>
     <t>COURT SEJOUR GERIATRIQUE</t>
   </si>
   <si>
-    <t>UF 4309 - SERVICE PHARMACOLOGIE MEDICALE</t>
-[...1 lines deleted...]
-  <si>
     <t>BAY Jacques-Olivier</t>
   </si>
   <si>
     <t>IMAGERIE MEDICALE</t>
   </si>
   <si>
     <t>GAGEANU CRISTIAN</t>
   </si>
   <si>
+    <t>SERVICE SANTE TRAVAIL ENVIRONNEMENT (STE)</t>
+  </si>
+  <si>
     <t>DERMATOLOGIE</t>
   </si>
   <si>
-    <t>CHIAMBARETTA FREDERIC</t>
-[...2 lines deleted...]
-    <t>FETCHE Nicolae</t>
+    <t>PÔLE FEMME ET ENFANT_ SERVICE GYNECOLOGIE SCE COMMUN DE GYNECOLOGIE OBSTETRIQUE (DAN + Consult)</t>
+  </si>
+  <si>
+    <t>KAEMMERLEN Anne-Gaelle</t>
   </si>
   <si>
     <t>MALADIES INFECTIEUSES ET MALADIES TROP</t>
   </si>
   <si>
     <t>JACOMET CHRISTINE</t>
   </si>
   <si>
-    <t>SSR ADDICTOLOGIQUES</t>
-[...8 lines deleted...]
-    <t>ONCOLOGIE MEDICALE GENERALE</t>
+    <t>REEDUCATION FONCTIONNELLE</t>
+  </si>
+  <si>
+    <t>LIGIER MARIE-ANNE</t>
   </si>
   <si>
     <t>THER. CELL. ET HEMATO CLINIQUE</t>
   </si>
   <si>
     <t>UNITE DE CHIRURGIE ORALE</t>
   </si>
   <si>
-    <t>NEONATOLOGIE</t>
-[...13 lines deleted...]
-  <si>
     <t>MEDECINE VASCULAIRE</t>
   </si>
   <si>
     <t>ROUYER OLIVIER</t>
   </si>
   <si>
     <t>DJERIRI KHALID</t>
   </si>
   <si>
-    <t>MED GENOMIQUE GENETIQUE BIOLOGIQUE</t>
-[...1 lines deleted...]
-  <si>
     <t>VINCIGUERRA Christine</t>
   </si>
   <si>
-    <t>DEPARTEMENT DE RADIOTHERAPIE</t>
-[...5 lines deleted...]
-    <t>GYNECOLOGIE OBST_UF CHIR SENOLOGIE</t>
+    <t>PÔLE FEMME ET ENFANT_ SERVICE AMP -CECOS_ SCE COMMUN DE GYNECOLOGIE OBSTETRIQUE (PMA)</t>
+  </si>
+  <si>
+    <t>GREMEAU ANNE-SOPHIE</t>
   </si>
   <si>
     <t>SECTEUR RADIOLOGIE INTERVENTIONNELLE</t>
   </si>
   <si>
     <t>BOUDINAUD Claire</t>
   </si>
   <si>
-    <t>CHIRURGIE, ORTHO ET TRAUMATO</t>
-[...10 lines deleted...]
-  <si>
     <t>Endocrinologie, diabétologie, nutrition</t>
   </si>
   <si>
     <t>Pédiatrie</t>
   </si>
   <si>
     <t>Urgences pédiatriques</t>
   </si>
   <si>
     <t>Médecine interne et immunologie clinique</t>
   </si>
   <si>
     <t>Psychiatrie</t>
   </si>
   <si>
     <t>Gériatrie</t>
   </si>
   <si>
     <t>Médecine cardiovasculaire</t>
   </si>
   <si>
-    <t>Biologie médicale (issue de la médecine)</t>
-[...1 lines deleted...]
-  <si>
     <t>Biologie médicale (issue de la pharmacie)</t>
   </si>
   <si>
-    <t>Psychiatrie de l'enfant et de l'adolescent (ECN 2017-2021)</t>
-[...1 lines deleted...]
-  <si>
     <t>Psychiatrie de l'enfant et de l'adolescent (PEA)</t>
   </si>
   <si>
     <t>Cardiologie interventionnelle de l'adulte</t>
   </si>
   <si>
     <t>Cardiologie pédiatrique et congénitale</t>
   </si>
   <si>
     <t>Imagerie cardiovasculaire d'expertise</t>
   </si>
   <si>
     <t>Rythmologie interventionnelle et stimulation cardiaque</t>
   </si>
   <si>
     <t>Gynécologie-obstétrique</t>
   </si>
   <si>
     <t>Hépato-gastro-entérologie</t>
   </si>
   <si>
     <t>Nutrition appliquée</t>
   </si>
   <si>
     <t>Rhumatologie</t>
@@ -699,155 +462,98 @@
   <si>
     <t>Néonatologie</t>
   </si>
   <si>
     <t>Réanimation pédiatrique</t>
   </si>
   <si>
     <t>Neuropédiatrie</t>
   </si>
   <si>
     <t>Pneumopédiatrie</t>
   </si>
   <si>
     <t>Neurologie</t>
   </si>
   <si>
     <t>Pneumologie</t>
   </si>
   <si>
     <t>Psychiatrie de la personne âgée</t>
   </si>
   <si>
     <t>Cancérologie déclinaison hémato-cancérologie pédiatrique</t>
   </si>
   <si>
-    <t>Oncologie</t>
-[...4 lines deleted...]
-  <si>
     <t>Médecine physique et de réadaptation</t>
   </si>
   <si>
-    <t>Chirurgie orthopédique et traumatologique</t>
-[...16 lines deleted...]
-  <si>
     <t>Chirurgie thoracique et cardiovasculaire</t>
   </si>
   <si>
-    <t>Neurochirurgie</t>
-[...10 lines deleted...]
-  <si>
     <t>Radiologie interventionnelle avancée</t>
   </si>
   <si>
-    <t>Hématologie et immunologie (bio méd)</t>
-[...1 lines deleted...]
-  <si>
     <t>Hématologie et immunologie (bio pharma)</t>
   </si>
   <si>
-    <t>Biologie générale (bio méd)</t>
-[...1 lines deleted...]
-  <si>
     <t>Biologie générale (bio pharma)</t>
   </si>
   <si>
     <t>Médecine Moléculaire-Génétique-Pharmacologie (bio pharma)</t>
   </si>
   <si>
     <t>Médecine intensive et réanimation</t>
   </si>
   <si>
     <t>Biologie de la reproduction (bio pharma)</t>
   </si>
   <si>
     <t>Agents Infectieux (bio pharma)</t>
   </si>
   <si>
-    <t>Pharmacie Hospitalière Générale</t>
-[...1 lines deleted...]
-  <si>
     <t>Médecine d'urgence</t>
   </si>
   <si>
-    <t>Orthopédie pédiatrique</t>
-[...1 lines deleted...]
-  <si>
     <t>Anesthésie-Réanimation</t>
   </si>
   <si>
     <t>Santé publique</t>
   </si>
   <si>
-    <t>Radiopharmacie</t>
-[...1 lines deleted...]
-  <si>
     <t>Médecine nucléaire</t>
   </si>
   <si>
-    <t>Oncologie radiothérapie</t>
-[...1 lines deleted...]
-  <si>
     <t>Chirurgie orale</t>
   </si>
   <si>
     <t>Chirurgie orale (issue de l'odontologie)</t>
   </si>
   <si>
     <t>Génétique médicale</t>
   </si>
   <si>
-    <t>Médecine légale et expertises médicales</t>
-[...1 lines deleted...]
-  <si>
     <t>Maladies infectieuses et tropicales</t>
   </si>
   <si>
     <t>Hématologie</t>
   </si>
   <si>
     <t>Médecine vasculaire</t>
   </si>
   <si>
     <t>Développement et Sécurisation des Produits de Santé</t>
   </si>
   <si>
     <t>Allergologie</t>
   </si>
   <si>
     <t>Principal</t>
   </si>
   <si>
     <t>Complémentaire</t>
   </si>
   <si>
     <t>Fonctionnel</t>
   </si>
   <si>
     <t>Gynécologie médicale</t>
@@ -855,3577 +561,2403 @@
   <si>
     <t>Grenoble</t>
   </si>
   <si>
     <t>CH METROPOLE SAVOIE - CHAMBERY</t>
   </si>
   <si>
     <t>CHU GRENOBLE ALPES - SITE VOIRON(38)</t>
   </si>
   <si>
     <t>CHU GRENOBLE ALPES</t>
   </si>
   <si>
     <t>CH ALPES ISERE</t>
   </si>
   <si>
     <t>CH ANNECY-GENEVOIS (CHANGE)</t>
   </si>
   <si>
     <t>CHS DE LA SAVOIE(73 CHAMBERY) BASSENS</t>
   </si>
   <si>
     <t>CH METROPOLE SAVOIE-AIX LES BAINS</t>
   </si>
   <si>
-    <t>CH ALBERTVILLE-MOUTIERS</t>
-[...10 lines deleted...]
-  <si>
     <t>AST 74 Annecy - Annecy Le Vieux - Thonon</t>
   </si>
   <si>
-    <t>EPSM 74</t>
-[...13 lines deleted...]
-  <si>
     <t>CLINIQUE DE NEUROLOGIE</t>
   </si>
   <si>
     <t>DETANTE Olivier</t>
   </si>
   <si>
     <t>MED NUCL. DIAGNOSTIQUE ET THERAPEUTIQUE</t>
   </si>
   <si>
     <t>DJAILEB Loïc</t>
   </si>
   <si>
-    <t>CLINIQUE ORL ET CHIR. CERVICO-FACIALE</t>
-[...4 lines deleted...]
-  <si>
     <t>CLINIQUE UNIV DE CARDIOLOGIE</t>
   </si>
   <si>
     <t>BOUVAIST Helene</t>
   </si>
   <si>
     <t>CLINIQUE NEURO RADIOLOGIE INTERV</t>
   </si>
   <si>
     <t>GRAND Sylvie</t>
   </si>
   <si>
     <t>NEPHRO HEMO  APHERESES TRANSPLANTATION</t>
   </si>
   <si>
     <t>ROSTAING Lionel</t>
   </si>
   <si>
-    <t>CLINIQUE DE CHIRURGIE CARDIAQUE</t>
-[...10 lines deleted...]
-  <si>
     <t>CLINIQUE RADIOLOGIE-IMAGERIE MEDICALE</t>
   </si>
   <si>
     <t>BRICAULT Ivan</t>
   </si>
   <si>
-    <t>CLINIQUE CHIR VASCULAIRE ET THORACIQUE</t>
-[...7 lines deleted...]
-  <si>
     <t>DPT ANATOMIE CYTOLOGIE PATHOLOGIQUE</t>
   </si>
   <si>
     <t>STURM Nathalie</t>
   </si>
   <si>
+    <t>GENETIQUE CHROMO/S GEN ET PROCREATION</t>
+  </si>
+  <si>
+    <t>COUTTON Charles</t>
+  </si>
+  <si>
     <t>CLINIQUE REANIMATION</t>
   </si>
   <si>
     <t>BOUZAT Pierre</t>
   </si>
   <si>
-    <t>SERVICE DE CHIRURGIE PEDIATRIQUE</t>
-[...13 lines deleted...]
-  <si>
     <t>HEMATOLOGIE CLINIQUE</t>
   </si>
   <si>
     <t>PARK Sophie</t>
   </si>
   <si>
-    <t>CHIRURGIE THORACIQUE VASCULAIRE ET ENDOCRINIENNE</t>
-[...16 lines deleted...]
-  <si>
     <t>MEDECINE INTERNE/ IMMUNOLOGIE CLINIQUE</t>
   </si>
   <si>
     <t>BOUILLET Laurence</t>
   </si>
   <si>
     <t>CLINIQUE INFECTIOLOGIE</t>
   </si>
   <si>
-    <t>SERVICE HOSP UNIV PNEUMO PHYSIOLOGIE</t>
-[...13 lines deleted...]
-  <si>
     <t>SERVICE HEPATO GASTROENTEROLOGIE</t>
   </si>
   <si>
     <t>DECAENS Thomas</t>
   </si>
   <si>
-    <t>CHIR DE L'ARTHROSE ET DU SPORT-SUD</t>
-[...4 lines deleted...]
-  <si>
     <t>CLINIQUE ENDOC  DIABETO NUTRITION</t>
   </si>
   <si>
     <t>LABLANCHE Sandrine</t>
   </si>
   <si>
-    <t>PARASITOLOGIE ET MYCOLOGIE</t>
-[...1 lines deleted...]
-  <si>
     <t>CLINIQUE DERMATOLOGIE</t>
   </si>
   <si>
     <t>CHARLES Julie</t>
   </si>
   <si>
-    <t>GYNECOLOGIE OBSTETRICALE</t>
-[...44 lines deleted...]
-    <t>SCHMIT Aurelie</t>
+    <t>SERVICE DE RHUMATOLOGIE</t>
+  </si>
+  <si>
+    <t>SELLIER ELODIE</t>
+  </si>
+  <si>
+    <t>MEDECINE POLYVALENTE GERIATRIQUE</t>
   </si>
   <si>
     <t>HEPATO GASTRO ENTERO ADDICTO</t>
   </si>
   <si>
-    <t>BERTHELET Olivier</t>
-[...7 lines deleted...]
-  <si>
     <t>CARDIOLOGIE SOINS INTENSIFS</t>
   </si>
   <si>
     <t>RICHARD Benjamin</t>
   </si>
   <si>
     <t>LEVRAT Albrice</t>
   </si>
   <si>
     <t>NEPHRO.DIALYSE RENAL</t>
   </si>
   <si>
     <t>PHILIT Jean-Baptiste</t>
   </si>
   <si>
-    <t>DEYROLLE Caroline</t>
-[...1 lines deleted...]
-  <si>
     <t>ANESTHESIE REANIMATION</t>
   </si>
   <si>
-    <t>OTO-RHINO-LARYNGOLOGIE</t>
-[...25 lines deleted...]
-  <si>
     <t>MALADIES INFECTIEUSES ET TROPICALES</t>
   </si>
   <si>
-    <t>SECTEURS GRENOBLE/FONTAINE/HAUT GRESIVAUDAN/SUD GRESIVAUDAN</t>
-[...16 lines deleted...]
-  <si>
     <t>ANNECY SANTE AU TRAVAIL</t>
   </si>
   <si>
     <t>FRUGIER Cécile</t>
   </si>
   <si>
     <t>VACHERAND Magali</t>
   </si>
   <si>
+    <t>DEPARTEMENT D'IMAGERIE MEDICALE</t>
+  </si>
+  <si>
+    <t>BING Fabrice</t>
+  </si>
+  <si>
     <t>UF DE PEDOPSYCHIATRIE HOSPITALIERE</t>
   </si>
   <si>
     <t>BIOULAC-ROGIER Stéphanie</t>
   </si>
   <si>
-    <t>MATERNITE DU LEMAN</t>
-[...1 lines deleted...]
-  <si>
     <t>SERVICE UNIV DE MEDECINE VASCULAIRE</t>
   </si>
   <si>
     <t>PERNOD Gilles</t>
   </si>
   <si>
     <t>MEDECINE INTENSIVE REANIMATION</t>
   </si>
   <si>
     <t>SCHWEBEL Carole</t>
   </si>
   <si>
+    <t>DPT PSYCHOPATHOLOGIE DE L'ADOLESCENT</t>
+  </si>
+  <si>
+    <t>LABRUNE Laurent</t>
+  </si>
+  <si>
     <t>CLINIQUE READAPTATION CARDIAQUE</t>
   </si>
   <si>
     <t>NOIRCLERC MARIANNE</t>
   </si>
   <si>
-    <t>PHARMACOTECHNIE - RADIOPHARMACIE</t>
-[...10 lines deleted...]
-  <si>
     <t>BACTERIOLOGIE-HYGIENE HOSPITALIERE</t>
   </si>
   <si>
     <t>NEONATOLOGIE ET REANIMATION NEONATALE</t>
   </si>
   <si>
     <t>BOUCHON-GUEDJ Nathalie</t>
   </si>
   <si>
-    <t>MICROBIOLOGIE LABORATOIRE CH CHAMBERY</t>
-[...10 lines deleted...]
-  <si>
     <t>CLINIQUE ANESTHESIE</t>
   </si>
   <si>
     <t>ALBALADEJO Pierre</t>
   </si>
   <si>
     <t>MOREAU GAUDRY  Alexandre</t>
   </si>
   <si>
     <t>MEDECINE PHYSIQUE ET READAPTATION</t>
   </si>
   <si>
     <t>LAMOTTE DELPHINE</t>
   </si>
   <si>
-    <t>GHAWI Roger</t>
-[...1 lines deleted...]
-  <si>
     <t>DERMATO VENEROLOGIE</t>
   </si>
   <si>
     <t>LEVAVASSEUR Mathieu</t>
   </si>
   <si>
+    <t>BTP SANTE AU TRAVAIL</t>
+  </si>
+  <si>
+    <t>HUEBER-PAYSANT Véronique</t>
+  </si>
+  <si>
     <t>GENETIQUE CLINIQUE / GEN ET PROC</t>
   </si>
   <si>
     <t>THEVENON Julien</t>
   </si>
   <si>
+    <t>SERVICE DE PHARMACO ADDICTO - CSAPA</t>
+  </si>
+  <si>
+    <t>DEMATTEIS Maurice</t>
+  </si>
+  <si>
     <t>MPR NEUROLOGIQUE</t>
   </si>
   <si>
-    <t>PHARMACIE A USAGE INTERIEUR</t>
-[...8 lines deleted...]
-    <t>COURVOISIER Aurelien</t>
+    <t>PMI ET PARENTALITES AGGLO GRENOBLOISE</t>
+  </si>
+  <si>
+    <t>GOTHIE Isabelle</t>
   </si>
   <si>
     <t>SERVICE PREVENTION SANTE PUBLIQUE</t>
   </si>
   <si>
     <t>VAREILLES GAELLE</t>
   </si>
   <si>
-    <t>PHARMACIE CLINIQUE/INFECTIOLOGIE</t>
-[...17 lines deleted...]
-    <t>HOFFMANN Pascale</t>
+    <t>PEDIATRIE DE SPECIALITE</t>
+  </si>
+  <si>
+    <t>BOST-BRU Cecile</t>
+  </si>
+  <si>
+    <t>PEDIATRIE POLYVALENTE</t>
   </si>
   <si>
     <t>S.A.U. PEDIATRIQUES</t>
   </si>
   <si>
     <t>KHELIF-AVANZINI Nejwa Nedjoua</t>
   </si>
   <si>
     <t>REA PEDIATRIQUE/SURVEILLANCE CONTINUE</t>
   </si>
   <si>
     <t>MORTAMET Guillaume</t>
   </si>
   <si>
     <t>UNITE DE NUTRITION ARTIFICIELLE</t>
   </si>
   <si>
     <t>FONTAINE Eric</t>
   </si>
   <si>
-    <t>SMR GERIATRIQUE SUD / COGNITO-COMPORTE</t>
-[...1 lines deleted...]
-  <si>
     <t>GARNIER Virginie</t>
   </si>
   <si>
     <t>MEDECINE ET REANIMATION NEONATALE</t>
   </si>
   <si>
     <t>CNEUDE Fabrice</t>
   </si>
   <si>
     <t>IMMUNOLOGIE HEMATO ET ONCO PEDIATRIQUE</t>
   </si>
   <si>
     <t>ARMARI-ALLA Corinne</t>
   </si>
   <si>
-    <t>ORTHOGERIATRIE 13EME  B MICHALLON</t>
-[...7 lines deleted...]
-  <si>
     <t>MEDECINE AIGUE GERIATRIE CLINIQUE B</t>
   </si>
   <si>
     <t>GAVAZZI Gaetan</t>
   </si>
   <si>
-    <t>UNITE CHIRURGIE PLASTIQUE</t>
-[...2 lines deleted...]
-    <t>UNITE CHIRURGIE MAXILLO-FACIALE</t>
+    <t>CLINIQUE GENETIQUE GENOMIQUE PROCREATI</t>
+  </si>
+  <si>
+    <t>HENNEBICQ Sylviane</t>
   </si>
   <si>
     <t>CLINIQUE ALLERGOLOGIE</t>
   </si>
   <si>
     <t>DISPOSITIF RESSOURCES AUTISME</t>
   </si>
   <si>
     <t>REANIMATION POLYVALENTE ANESTHESIE</t>
   </si>
   <si>
-    <t>REMOND Perrine</t>
+    <t>BADET MICHEL</t>
   </si>
   <si>
     <t>RIOU-GOTTA Marie-Odile</t>
   </si>
   <si>
-    <t>BEN LAMINE Samia - Pédiatre</t>
-[...11 lines deleted...]
-    <t>Chirurgie plastique, reconstructrice et esthétique</t>
+    <t>PLATEAU TECHNIQUE DES MARCHES</t>
+  </si>
+  <si>
+    <t>REYNAUD Nicolas</t>
+  </si>
+  <si>
+    <t>ORIADE PMA</t>
+  </si>
+  <si>
+    <t>JACQUET JEAN CLAUDE</t>
+  </si>
+  <si>
+    <t>Médecine générale</t>
   </si>
   <si>
     <t>Lyon</t>
   </si>
   <si>
+    <t>CENTRE PSYCHOTHERAPIQUE DE L'AIN</t>
+  </si>
+  <si>
     <t>CH DE BOURG EN BRESSE (01) FLEYRIAT</t>
   </si>
   <si>
-    <t>CENTRE INTERNATIONAL RECHERCHE SUR LE CANCER</t>
-[...1 lines deleted...]
-  <si>
     <t>CH DE VALENCE (26)</t>
   </si>
   <si>
-    <t>HOPITAUX DROME NORD (26)</t>
-[...1 lines deleted...]
-  <si>
     <t>VILLE DE LYON</t>
   </si>
   <si>
     <t>HCL - GHE - HFME - CBPE</t>
   </si>
   <si>
-    <t>GH PORTES PROVENCE - MONTELIMAR (26)</t>
-[...1 lines deleted...]
-  <si>
     <t>HCL - GHE - HOPITAL CARDIOLOGIQUE</t>
   </si>
   <si>
     <t>CH DE BOURGOIN (38) PIERRE OUDOT</t>
   </si>
   <si>
     <t>HCL - GHC - HOPITAL EDOUARD HERRIOT</t>
   </si>
   <si>
     <t>CH DE VIENNE (38)</t>
   </si>
   <si>
     <t>HCL - GHN - HOPITAL CROIX ROUSSE</t>
   </si>
   <si>
     <t>BTP SANTE AU TRAVAIL RHONE</t>
   </si>
   <si>
     <t>HCL - GHN - HOPITAL PIERRE GARRAUD</t>
   </si>
   <si>
     <t>CHS DU VINATIER (69 BRON)</t>
   </si>
   <si>
     <t>CH ST JOSEPH &amp; ST LUC (LYON 7)</t>
   </si>
   <si>
-    <t>HOPITAL ST-JEAN-DE-DIEU (LYON 8)</t>
-[...1 lines deleted...]
-  <si>
     <t>HOPITAL DE FOURVIERE</t>
   </si>
   <si>
     <t>HCL - SIEGE ADMINISTRATIF</t>
   </si>
   <si>
     <t>HOPITAL NORD OUEST - VILLEFRANCHE</t>
   </si>
   <si>
     <t>HCL - GHE - IHOP</t>
   </si>
   <si>
     <t>CENTRE REGIONAL LEON BERARD</t>
   </si>
   <si>
     <t>HCL - GHS - CH LYON SUD</t>
   </si>
   <si>
     <t>HCL - GHE - HOPITAL NEUROLOGIQUE</t>
   </si>
   <si>
     <t>HCL - GHC - HOPITAL DES CHARPENNES</t>
   </si>
   <si>
+    <t>HCL - GHS - HOPITAL HENRY GABRIELLE</t>
+  </si>
+  <si>
     <t>EFS AUVERGNE RHONE ALPES (LYON)</t>
   </si>
   <si>
-    <t>CH ALPES-LEMAN (74)</t>
-[...2 lines deleted...]
-    <t>HOPITAL RENEE SABRAN (83 - HCL)</t>
+    <t>PRESTA AIN &amp; BEAUJOLAIS</t>
   </si>
   <si>
     <t>CMCR DES MASSUES - CROIX ROUGE</t>
   </si>
   <si>
-    <t>CH DROME VIVARAIS -  (26)</t>
-[...1 lines deleted...]
-  <si>
     <t>METROPOLE DE LYON</t>
   </si>
   <si>
-    <t>HEVA</t>
-[...4 lines deleted...]
-  <si>
     <t>SNCF</t>
   </si>
   <si>
     <t>LABORATOIRE EUROFINS BIOMNIS</t>
   </si>
   <si>
-    <t>Praticien MSU -  Allergo</t>
-[...7 lines deleted...]
-  <si>
     <t>SSR VAL ROSAY -UGECAM RHONE ALPES</t>
   </si>
   <si>
     <t>CHS DE ST CYR (69)</t>
   </si>
   <si>
-    <t>PP6984SH01688</t>
-[...26 lines deleted...]
-    <t>ROUX Sebastien</t>
+    <t>ACT UN CHEZ SOI D'ABORD-METROPOLE LYON</t>
+  </si>
+  <si>
+    <t>PP6984SH01720</t>
+  </si>
+  <si>
+    <t>REANIMATION</t>
   </si>
   <si>
     <t>NEUROLOGIE EXPLORATION FONCTIONNELLE</t>
   </si>
   <si>
-    <t>ORL ET CHIR CERVICO-FACIALE STOMALOGIE</t>
-[...26 lines deleted...]
-    <t>PRIMAT Pauline</t>
+    <t>BLANC-LASSERRE Karine</t>
+  </si>
+  <si>
+    <t>RADIOLOGIE-SCANNER-I.R.M.</t>
+  </si>
+  <si>
+    <t>DEPLUS FRANCIS</t>
+  </si>
+  <si>
+    <t>DEPARTEMENT DE SPECIALITES</t>
+  </si>
+  <si>
+    <t>PUGET MARIE</t>
   </si>
   <si>
     <t>HUISSOUD Cyril</t>
   </si>
   <si>
     <t>MEDECINE NUCLEAIRE - DIAGNOSTIC</t>
   </si>
   <si>
     <t>JANIER MARC</t>
   </si>
   <si>
-    <t>CHIRURGIE GENERALE ET DIGESTIVE</t>
-[...4 lines deleted...]
-  <si>
     <t>MEDECINE GASTRO ENTEROLOGIE ENDOSCOPIE</t>
   </si>
   <si>
     <t>DEGEORGES STEPHANE</t>
   </si>
   <si>
-    <t>URGENCES MEDICO-CHIRURGICALES SMUR</t>
-[...11 lines deleted...]
-    <t>MARICHY Catherine</t>
+    <t>DOAT Violaine</t>
+  </si>
+  <si>
+    <t>MEDECINE DU VIELLISSEMENT - CARDIOGERIATRIE</t>
+  </si>
+  <si>
+    <t>CHUZEVILLE Michel</t>
+  </si>
+  <si>
+    <t>RHUMATOLOGIE - MEDECINE INTERNE</t>
+  </si>
+  <si>
+    <t>BADET Francoise</t>
   </si>
   <si>
     <t>GERONTOLOGIE CLINIQUE</t>
   </si>
   <si>
-    <t>LABORATOIRES</t>
-[...10 lines deleted...]
-  <si>
     <t>SERVICE MEDECINE DU TRAVAIL</t>
   </si>
   <si>
     <t>MEDECINE DU VIELLISSEMENT - GERIATRIE</t>
   </si>
   <si>
     <t>SCHIR Sophie</t>
   </si>
   <si>
-    <t>DEPARTEMENT D'UROLOGIE</t>
-[...5 lines deleted...]
-    <t>DUBREUIL Olivier</t>
+    <t>PERM D?ACCES AUX SOINS DE SANTE PSYCH</t>
+  </si>
+  <si>
+    <t>ZEROUG VIAL Halima</t>
+  </si>
+  <si>
+    <t>SOINS INTENSIFS CARDIOLOGIQUES</t>
   </si>
   <si>
     <t>PERARD Laurent</t>
   </si>
   <si>
     <t>PARMELAND LAURENCE</t>
   </si>
   <si>
-    <t>LIENS Daniel</t>
-[...8 lines deleted...]
-    <t>GUYARD Matthieu</t>
+    <t>MARCOTTE GUILLAUME</t>
   </si>
   <si>
     <t>BOUSSEL Loic</t>
   </si>
   <si>
-    <t>RHEIMS ELODIE</t>
-[...1 lines deleted...]
-  <si>
     <t>CENTRE DE GERONTOLOGIE</t>
   </si>
   <si>
     <t>DAYOT Laurent</t>
   </si>
   <si>
     <t>ENDOCRINOLOGIE DIABETO PEDIATRIQUE</t>
   </si>
   <si>
     <t>NICOLINO Marc</t>
   </si>
   <si>
-    <t>URGENCES/SMUR</t>
-[...4 lines deleted...]
-  <si>
     <t>HEPATO-GASTRO-ENTEROLOGIE</t>
   </si>
   <si>
     <t>HAMEL Benjamin</t>
   </si>
   <si>
-    <t>HOUESSOU Fortune</t>
-[...1 lines deleted...]
-  <si>
     <t>DELAFAY Marie-Caroline</t>
   </si>
   <si>
-    <t>BOURDELIN MAGALI</t>
-[...1 lines deleted...]
-  <si>
     <t>DESGRANGES François-Pierrick</t>
   </si>
   <si>
-    <t>CHIRURGIE 3 (ORTHOPEDIE ET TRAUMATO)</t>
-[...4 lines deleted...]
-  <si>
     <t>PNEUMOLOGIE ALLERGOLOGIE MUCOVISCIDOSE</t>
   </si>
   <si>
     <t>REIX PHILIPPE</t>
   </si>
   <si>
     <t>REA MEDICO CHIRURGICALE</t>
   </si>
   <si>
     <t>JAVOUHEY Etienne</t>
   </si>
   <si>
-    <t>CHIRURGIE URO-VISCERALE THORACIQUE</t>
-[...4 lines deleted...]
-  <si>
     <t>IMMUNO-HEMATOLOGIE PEDIATRIQUE TRANSPLANTATION</t>
   </si>
   <si>
     <t>HALFON DOMENECH Carine</t>
   </si>
   <si>
-    <t>ORL CHIR MAXILLO FACIALE AUDIOPHONO</t>
-[...1 lines deleted...]
-  <si>
     <t>NEPHRO RHUMATO DERMATO PEDIATRIQUES</t>
   </si>
   <si>
+    <t>DERMATO-VENEREOLOGIE ET ALLERGOLOGIE</t>
+  </si>
+  <si>
+    <t>JULLIEN Denis</t>
+  </si>
+  <si>
     <t>HOT Arnaud</t>
   </si>
   <si>
     <t>HEPATOGASTROENTEROLOGIE</t>
   </si>
   <si>
     <t>SAURIN Jean-Christophe</t>
   </si>
   <si>
     <t>IMAGERIE HEH</t>
   </si>
   <si>
     <t>ROUVIERE Olivier</t>
   </si>
   <si>
     <t>RHUMATOLOGIE-PATHOLOGIE OSSEUSE (PAVIL</t>
   </si>
   <si>
     <t>CHAPURLAT Roland</t>
   </si>
   <si>
     <t>S.A.M.U. - S.M.U.R.</t>
   </si>
   <si>
     <t>TAZAROURTE Karim</t>
   </si>
   <si>
-    <t>BURILLON Carole</t>
-[...1 lines deleted...]
-  <si>
     <t>MEDECINE DE LA REPRODUCTION</t>
   </si>
   <si>
     <t>SALLE Bruno</t>
   </si>
   <si>
-    <t>CHIR ORTHOPEDIQUE D'URG. ET MEMBRE SUP</t>
-[...10 lines deleted...]
-  <si>
     <t>COLLARDEAU-FRACHON Sophie</t>
   </si>
   <si>
     <t>LUKASZEWICZ Anne-Claire</t>
   </si>
   <si>
+    <t>URGENCES PEDIATRIQUES ET UHCD</t>
+  </si>
+  <si>
     <t>EXPLORATION FONCTIONNELLE RENALE ET ME</t>
   </si>
   <si>
     <t>DUBOURG DERAIN Laurence</t>
   </si>
   <si>
-    <t>CHIR ORTHO ET URGENCES TRAUMATOLOGIE</t>
-[...13 lines deleted...]
-  <si>
     <t>VINCIGUERRA CHRISTINE</t>
   </si>
   <si>
+    <t>LABORATOIRE DE PARASITOLOGIE MYCOLOGIE</t>
+  </si>
+  <si>
+    <t>WALLON Martine</t>
+  </si>
+  <si>
     <t>PEDIATRES &amp; ADOLESCENTS</t>
   </si>
   <si>
     <t>MAREC-BERARD PERRINE</t>
   </si>
   <si>
-    <t>DEPARTEMENT D'ONCOLOGIE RADIOTHERAPIE</t>
-[...4 lines deleted...]
-  <si>
     <t>ENDOCRINOLOGIE DIABETOLOGIE</t>
   </si>
   <si>
     <t>CRAND ALEXANDRA</t>
   </si>
   <si>
     <t>PILLEUL Frank</t>
   </si>
   <si>
-    <t>BIOPATHOLOGIE</t>
-[...13 lines deleted...]
-  <si>
     <t>SEVE Pascal</t>
   </si>
   <si>
     <t>ZOULIM FABIEN</t>
   </si>
   <si>
     <t>ANATOMIE ET CYTOLOGIE PATHOLOGIQUES</t>
   </si>
   <si>
-    <t>RUFFION Alain</t>
-[...1 lines deleted...]
-  <si>
     <t>SERVICE DE BACTERIOLOGIE</t>
   </si>
   <si>
     <t>ANESTHESIE-REA-MEDECINE INTENSIVE</t>
   </si>
   <si>
     <t>PIRIOU Vincent</t>
   </si>
   <si>
-    <t>RADIOTHERAPIE ONCOLOGIE</t>
-[...4 lines deleted...]
-  <si>
     <t>NEURO PEDIATRIE</t>
   </si>
   <si>
-    <t>DESPORTES De La Fosse Vincent</t>
-[...7 lines deleted...]
-  <si>
     <t>IMAGERIE MEDICALE ET INTERVENTIONNELLE</t>
   </si>
   <si>
     <t>PIALAT JEAN BAPTISTE</t>
   </si>
   <si>
-    <t>TRINGALI STEPHANE</t>
-[...5 lines deleted...]
-    <t>COURAUD SEBASTIEN</t>
+    <t>DISSE Emmanuel</t>
   </si>
   <si>
     <t>MEDECINE INTERNE - ANGIOLOGIE</t>
   </si>
   <si>
     <t>DURIEU Isabelle</t>
   </si>
   <si>
-    <t>CHIR ORTHO TRAUMATOLOGIQUE ET DU SPORT</t>
-[...1 lines deleted...]
-  <si>
     <t>HEPATO GASTRO ENTEROLOGIE</t>
   </si>
   <si>
     <t>BOSCHETTI Gilles</t>
   </si>
   <si>
     <t>NEPHROLOGIE DIALYSE NUTRITION RENALE</t>
   </si>
   <si>
     <t>KOPPE Laetitia</t>
   </si>
   <si>
-    <t>POTINET Veronique</t>
-[...4 lines deleted...]
-  <si>
     <t>ENDOCRINOLOGIE</t>
   </si>
   <si>
-    <t>RAVEROT Gerald</t>
-[...7 lines deleted...]
-  <si>
     <t>GUILLET MARIELLE</t>
   </si>
   <si>
-    <t>ORL ET CHIRURGIE CERVICO FACIALE</t>
-[...4 lines deleted...]
-  <si>
     <t>ADER Florence</t>
   </si>
   <si>
     <t>FEDERATION DE CARDIOLOGIE CROIX ROUSSE</t>
   </si>
   <si>
     <t>LANTELME Pierre</t>
   </si>
   <si>
-    <t>DEVOUASSOUX Gilles</t>
-[...13 lines deleted...]
-  <si>
     <t>DUBERNARD Gil</t>
   </si>
   <si>
     <t>RICHARD Jean-Christophe</t>
   </si>
   <si>
     <t>GAUJARD Sylvain</t>
   </si>
   <si>
     <t>AUBRUN Frederic</t>
   </si>
   <si>
-    <t>FROMENT Caroline</t>
-[...20 lines deleted...]
-    <t>JOUANNEAU Emmanuel</t>
+    <t>NEUROLOGIE, SCLEROSE EN PLAQUES</t>
+  </si>
+  <si>
+    <t>VUKUSIC Sandra</t>
   </si>
   <si>
     <t>SBBMGE UM PATHO NEURO CARDIO</t>
   </si>
   <si>
-    <t>NEUROCHIRURGIE C CHIRURGIE RACHIS</t>
-[...7 lines deleted...]
-  <si>
     <t>CARDIOLOGIE INTERVENTIONNELLE</t>
   </si>
   <si>
     <t>RIOUFOL Gilles</t>
   </si>
   <si>
-    <t>BREANT Valentine</t>
-[...5 lines deleted...]
-    <t>HENAINE Roland</t>
+    <t>CARDIOLOGIE MEDICALE CORONAIRES VALVES</t>
   </si>
   <si>
     <t>FELLAHI Jean-Luc</t>
   </si>
   <si>
     <t>SI-MOHAMED Salim</t>
   </si>
   <si>
-    <t>CHIR. THORACIQUE ET CARDIOVASCULAIRE</t>
-[...10 lines deleted...]
-  <si>
     <t>MAKAROFF Zaza</t>
   </si>
   <si>
-    <t>PAILLET Carole</t>
-[...2 lines deleted...]
-    <t>CHEVROT AUDREY</t>
+    <t>LABO IMMUNOGENETIQUE (HLA)</t>
+  </si>
+  <si>
+    <t>DUBOIS Valerie</t>
   </si>
   <si>
     <t>INFECTIOLOGIE</t>
   </si>
   <si>
-    <t>MARTRES Sebastien</t>
+    <t>PRESTA AIN BEAUJOLAIS</t>
   </si>
   <si>
     <t>CENTRE PREVENTION DU SUICIDE /VIGILANS</t>
   </si>
   <si>
     <t>LEAUNE Edouard</t>
   </si>
   <si>
     <t>DIDELOT Adrien</t>
   </si>
   <si>
-    <t>HENRY Agnès</t>
-[...5 lines deleted...]
-    <t>BOSCHETTI  Gilles</t>
+    <t>ROUX MARIELLE</t>
   </si>
   <si>
     <t>ELECTRONEUROMYOGRAPHIE ET PATHOLOGIE N</t>
   </si>
   <si>
     <t>BOUHOUR Francoise</t>
   </si>
   <si>
     <t>UNITE DE TRANSPLANTATION CARDIAQUE</t>
   </si>
   <si>
     <t>SEBBAG Laurent</t>
   </si>
   <si>
     <t>EXPLORATIONS FONCTIONNELLES CARDIO-VAS</t>
   </si>
   <si>
     <t>THIBAULT HELENE</t>
   </si>
   <si>
     <t>CHIR SENOLOGIQUE ET GYNECO/GYNECO MED</t>
   </si>
   <si>
     <t>ROUSSET-JABLONSKI Christine</t>
   </si>
   <si>
-    <t>IZARD ADELINE</t>
-[...1 lines deleted...]
-  <si>
     <t>GENETIQUE CHROMOSOMIQUE CYTOGENETIQUE</t>
   </si>
   <si>
     <t>SANLAVILLE Damien</t>
   </si>
   <si>
     <t>NEONATALOGIE</t>
   </si>
   <si>
-    <t>ALLERGOLOGIE ET IMMUNOLOGIE CLINIQUE</t>
-[...19 lines deleted...]
-  <si>
     <t>UNITE ANESTHESIE</t>
   </si>
   <si>
-    <t>BAILLS DEGEORGES MARIE</t>
-[...26 lines deleted...]
-    <t>BREANT VALENTINE</t>
+    <t>MARTIN-GAUJARD Geraldine</t>
+  </si>
+  <si>
+    <t>MPR</t>
+  </si>
+  <si>
+    <t>RODE Gilles</t>
+  </si>
+  <si>
+    <t>VERDIER Isabelle</t>
+  </si>
+  <si>
+    <t>SERVICE MPR HOPITAL DE JOUR ADULTES</t>
+  </si>
+  <si>
+    <t>CHALEAT-VALAYER Emmanuelle</t>
+  </si>
+  <si>
+    <t>ARGAUD Laurent</t>
+  </si>
+  <si>
+    <t>RHUMATOLOGIE ET PATHOLOGIE OSSEUSE</t>
+  </si>
+  <si>
+    <t>CONFAVREUX CYRILLE</t>
+  </si>
+  <si>
+    <t>UNITE NEURO VASCULAIRE</t>
+  </si>
+  <si>
+    <t>CHO Tae-Hee</t>
   </si>
   <si>
     <t>PSYCHIATRIE DE LIAISON</t>
   </si>
   <si>
-    <t>FOURNERET  Pierre</t>
-[...23 lines deleted...]
-    <t>FROBERT  PAUL</t>
+    <t>UNITE POUR MALADES DIFFICILES</t>
+  </si>
+  <si>
+    <t>RENAULT FRANCOIS</t>
+  </si>
+  <si>
+    <t>BORGNAT Florent</t>
   </si>
   <si>
     <t>PMI</t>
   </si>
   <si>
     <t>BARTHET DERRIEN  Marie-Sophie</t>
   </si>
   <si>
+    <t>PREVENTION ET PROMOTION DE LA SANTE</t>
+  </si>
+  <si>
+    <t>MANUEL GILLES</t>
+  </si>
+  <si>
     <t>RADIOPEDIATRIE ET IMAGERIE DE LA FEMME</t>
   </si>
   <si>
     <t>CANTERINO ISABELLE</t>
   </si>
   <si>
+    <t>ENDOCRINOLOGIE / DIABETOLOGIE</t>
+  </si>
+  <si>
+    <t>LUYTON CEDRIC</t>
+  </si>
+  <si>
     <t>FEDERATION DE CARDIOLOGIE LYON SUD</t>
   </si>
   <si>
-    <t>DEBEAUPTE Mathilde</t>
-[...1 lines deleted...]
-  <si>
     <t>DEPARTEMENT INFORMATION MEDICALE</t>
   </si>
   <si>
     <t>PIEGAY Celine</t>
   </si>
   <si>
-    <t>VIALET ANDRE</t>
-[...4 lines deleted...]
-  <si>
     <t>UNITE MEDECINE VASCULAIRE</t>
   </si>
   <si>
     <t>LONG Anne</t>
   </si>
   <si>
     <t>UNITE DE DERMATOLOGIE- POLE MEDECINE</t>
   </si>
   <si>
     <t>DURUPT François</t>
   </si>
   <si>
     <t>UNITE DE MEDECINE VASCULAIRE</t>
   </si>
   <si>
     <t>GRANGE Claire</t>
   </si>
   <si>
-    <t>VAINCHTOCK Alexandre</t>
-[...4 lines deleted...]
-  <si>
     <t>SERVICE MEDICAL SNCF RHONE ALPES</t>
   </si>
   <si>
     <t>BOUBERT PIERRE EMMANUEL</t>
   </si>
   <si>
     <t>UNITE HEMOSTASE CLINIQUE CRTH</t>
   </si>
   <si>
-    <t>MARSAL CAROLINE</t>
-[...11 lines deleted...]
-    <t>BRETON-GUITARIAN ANNE-LAURE</t>
+    <t>LABORATOIRE D'EXPLORATION VASCULAIRE</t>
+  </si>
+  <si>
+    <t>CHIRCOP Cecile</t>
+  </si>
+  <si>
+    <t>UNITE PSYCHIATRIQUE DE CRISE - PAV. M</t>
+  </si>
+  <si>
+    <t>POULET EMMANUEL</t>
+  </si>
+  <si>
+    <t>DEPARTEMENT DE GENETIQUE</t>
+  </si>
+  <si>
+    <t>RAYMOND Laure</t>
   </si>
   <si>
     <t>MILLON Domitille</t>
   </si>
   <si>
     <t>CENTRE REGIONAL DU PSYCHOTRAUMATISME</t>
   </si>
   <si>
     <t>PRIETO NATHALIE</t>
   </si>
   <si>
     <t>UNITE U11</t>
   </si>
   <si>
     <t>LILOT Marc</t>
   </si>
   <si>
+    <t>DIRECTION DE LA SANTE</t>
+  </si>
+  <si>
+    <t>FAUVEL GUILLAUME</t>
+  </si>
+  <si>
     <t>POLE PSY PA - CENTRE DE GUIDANCE /SPID</t>
   </si>
   <si>
     <t>PODLIPSKI Pierre-Luc</t>
   </si>
   <si>
-    <t>CENTRE DE THERAPIE SYSTEMIQUE</t>
-[...4 lines deleted...]
-  <si>
     <t>POLE PSY PA - SERVICE HOSPITALISATION</t>
   </si>
   <si>
     <t>DOREY Jean-Michel</t>
   </si>
   <si>
-    <t>BRAIRE BOURREL</t>
-[...11 lines deleted...]
-    <t>URGENCES PEDIATRIQUES</t>
+    <t>SU - Troubles psy complexes - UNITE DENIKER</t>
+  </si>
+  <si>
+    <t>GALVAO Filipe</t>
   </si>
   <si>
     <t>EQUIPE MOBILE - POLE CENTRE RIVE GAUCHE</t>
   </si>
   <si>
-    <t>PHARMACIE STER. CENTRALE APPRO</t>
-[...32 lines deleted...]
-    <t>PHARMACIE - POSTE DMS</t>
+    <t>FRANCK Nicolas</t>
   </si>
   <si>
     <t>SYSTEME NERVEUX ET APPAREIL LOCOMOTEUR</t>
   </si>
   <si>
     <t>BIOT VIOLAINE / DI MARCO JULIE</t>
   </si>
   <si>
-    <t>UNITE DE RHUMATOLOGIE</t>
-[...4 lines deleted...]
-  <si>
     <t>VIVIER EMMANUEL</t>
   </si>
   <si>
-    <t>SU - S.U.C.R.E. - POLE EST</t>
-[...11 lines deleted...]
-    <t>BOURGUIGNON AURELIE</t>
+    <t>CENTRE DU DIABETE DIAB-ECARE</t>
+  </si>
+  <si>
+    <t>THIVOLET Charles</t>
+  </si>
+  <si>
+    <t>NEURORADIOLOGIE DIAGNOSTIC</t>
+  </si>
+  <si>
+    <t>BERTHEZENE YVES</t>
   </si>
   <si>
     <t>EKER Omer</t>
   </si>
   <si>
-    <t>Unité fonctionnelle U11 : anesthésie et réanimation cardio-thoracique pédiatrique</t>
-[...2 lines deleted...]
-    <t>IMAGERIE CARDIOVASCULAIRE ET THORACIQU</t>
+    <t>CMP POLE OUEST</t>
+  </si>
+  <si>
+    <t>ESSAFI  Inès</t>
   </si>
   <si>
     <t>ANESTHESIE REANIMATION PEDIATRIQUE</t>
   </si>
   <si>
     <t>BOUVET Lionel</t>
   </si>
   <si>
     <t>ANESTHESIE REANIMATION GYNECO-OBST</t>
   </si>
   <si>
     <t>SECTEUR INFANTO-JUVENILE 69I10 69I14</t>
   </si>
   <si>
     <t>DELERS Marjolaine</t>
   </si>
   <si>
     <t>UNITE REANIMATION ANESTHESIE</t>
   </si>
   <si>
     <t>PIRIOU VINCENT</t>
   </si>
   <si>
     <t>HEPATOLOGIE ADDICTOLOGIE A2</t>
   </si>
   <si>
     <t>BAILLY François</t>
   </si>
   <si>
-    <t>CMP CATTP V HUGO</t>
-[...1 lines deleted...]
-  <si>
     <t>UHBA</t>
   </si>
   <si>
     <t>GEORGIEFF Nicolas</t>
   </si>
   <si>
-    <t>SUNRISE SUD</t>
-[...17 lines deleted...]
-    <t>SERVICE CHEFFERIE DE PROJET / EPIDEMIOLOGIE</t>
+    <t>UNITE ESPERRA</t>
+  </si>
+  <si>
+    <t>SCHELL Matthias</t>
   </si>
   <si>
     <t>PSYCHOPATHOLOGIE DU DEVELOPPEMENT ET UAPED</t>
   </si>
   <si>
-    <t>DEPARTEMENT ONCOLOGIE MEDICALE (DJ)</t>
-[...23 lines deleted...]
-    <t>CH D'ARDECHE NORD-ANNONAY (07)</t>
+    <t>Appartements de Coordination Thérapeutique Un Chez-soi d'abord Métropole de Lyon</t>
+  </si>
+  <si>
+    <t>DUVERNAY Nathalie</t>
+  </si>
+  <si>
+    <t>ALLERGOLOGIE PEDIATRIQUE</t>
+  </si>
+  <si>
+    <t>REIX  PHILIPPE</t>
   </si>
   <si>
     <t>CHU DE SAINT-ETIENNE (42)</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER DU PAYS DE GIER BP</t>
   </si>
   <si>
     <t>CH DE ROANNE (42)</t>
   </si>
   <si>
     <t>CLINIQUE MUTUALISTE</t>
   </si>
   <si>
-    <t>CH DU FOREZ - SITE MONTBRISON</t>
-[...4 lines deleted...]
-  <si>
     <t>SUD LOIRE SANTÉ AU TRAVAIL</t>
   </si>
   <si>
     <t>PP4284SH00696</t>
   </si>
   <si>
-    <t>MATERNITE</t>
-[...2 lines deleted...]
-    <t>CHAULEUR Celine</t>
+    <t>MASSOUBRE Catherine</t>
   </si>
   <si>
     <t>MOMPLOT Corinne</t>
   </si>
   <si>
     <t>BEURET PASCAL</t>
   </si>
   <si>
     <t>AGENTS INFECTIEUX ET HYGIENE</t>
   </si>
   <si>
     <t>BOURLET Thomas</t>
   </si>
   <si>
     <t>RHUMATOLOGIE (HOP. NORD)</t>
   </si>
   <si>
     <t>THOMAS Thierry</t>
   </si>
   <si>
     <t>CARDIOLOGIE NORD</t>
   </si>
   <si>
     <t>DA COSTA Antoine</t>
   </si>
   <si>
-    <t>MORNEX Jean-François</t>
-[...1 lines deleted...]
-  <si>
     <t>LEVALLOIS Marie</t>
   </si>
   <si>
     <t>ANESTHESIOLOGIE</t>
   </si>
   <si>
     <t>GAVORY Julie</t>
   </si>
   <si>
-    <t>VARVAT Cécile</t>
-[...22 lines deleted...]
-  <si>
     <t>PEOCH Michel</t>
   </si>
   <si>
-    <t>UF CHIRURGIE MAXILLO-FACIALE</t>
-[...4 lines deleted...]
-  <si>
     <t>CELARIER Thomas</t>
   </si>
   <si>
-    <t>NEUROLOGIE (HOP. NORD)</t>
-[...8 lines deleted...]
-    <t>GAIN Philippe</t>
+    <t>UF GERIATRIE ET GERONTO / CHU NORD</t>
   </si>
   <si>
     <t>PEDIATRIE (HOP. NORD ET ICL)</t>
   </si>
   <si>
     <t>STEPHAN Jean-Louis</t>
   </si>
   <si>
     <t>DERMATOLOGIE-VENEREOLOGIE (HOP. NORD)</t>
   </si>
   <si>
     <t>PERROT Jean-Luc</t>
   </si>
   <si>
     <t>GASTRO-ENTEROLOGIE-HEPATOLOGIE HOP. NO</t>
   </si>
   <si>
     <t>PHELIP Jean-Marc</t>
   </si>
   <si>
-    <t>UROLOGIE (HOP. NORD)</t>
-[...10 lines deleted...]
-  <si>
     <t>RADIOLOGIE (HOP. NORD)</t>
   </si>
   <si>
     <t>BOUTET Claire</t>
   </si>
   <si>
     <t>UF MEDECINE INTENSIVE REANIMATION</t>
   </si>
   <si>
     <t>THIERY Guillaume</t>
   </si>
   <si>
     <t>BOTELHO-NEVERS ELISABETH</t>
   </si>
   <si>
     <t>MEDECINE NUCLEAIRE (HOP. NORD)</t>
   </si>
   <si>
     <t>PREVOT-BITOT Nathalie</t>
   </si>
   <si>
-    <t>PSYCHIATRIE SECTEUR ST ETIENNE</t>
-[...17 lines deleted...]
-    <t>KARKAS Alexandre</t>
+    <t>MEDECINE INTERNE PAV V (HOP. NORD)</t>
+  </si>
+  <si>
+    <t>PSYCHIATRIE SECTEUR L'ONDAINE - UA2</t>
+  </si>
+  <si>
+    <t>GIRAUX Pascal / GAUTHERON Vincent</t>
   </si>
   <si>
     <t>MOREL Jérôme</t>
   </si>
   <si>
     <t>NEPHRO. DIALYSE TRANSPLANTATION EXPLOR</t>
   </si>
   <si>
     <t>GERMAIN Natacha</t>
   </si>
   <si>
-    <t>CHIRURGIE PEDIATRIQUE VISCERALE</t>
+    <t>LABORATOIRE D'IMMUNOLOGIE CLINIQUE</t>
+  </si>
+  <si>
+    <t>PAUL STEPHANE</t>
   </si>
   <si>
     <t>SERVICE INTERENTREPRISES MED TRAVAIL</t>
   </si>
   <si>
     <t>LABORATOIRE HEMATOLOGIE</t>
   </si>
   <si>
     <t>NOYEL Pauline</t>
   </si>
   <si>
+    <t>GENETIQUE CLINIQUE,CHROMOSOMIQUE MOLEC</t>
+  </si>
+  <si>
+    <t>TOURAINE Renaud</t>
+  </si>
+  <si>
     <t>UNITE DE RADIOLOGIE/SENOLOGIE</t>
   </si>
   <si>
-    <t>SIMOENS Xavier</t>
-[...1 lines deleted...]
-  <si>
     <t>DEPARTEMENT D'HEMATOLOGIE</t>
   </si>
   <si>
     <t>CORNILLON JEROME / CHALAYER EMILIE</t>
   </si>
   <si>
-    <t>BLANCHARD  Amel</t>
-[...7 lines deleted...]
-  <si>
     <t>SERVICE DE PHARMACOLOGIE CLINIQUE</t>
   </si>
   <si>
     <t>LAPORTE Silvy</t>
   </si>
   <si>
-    <t>UF MPR PEDIATRIQUE</t>
-[...14 lines deleted...]
-    <t>MASSOUBRE CATHERINE</t>
+    <t>CENTRE LEO KANNER (AUTISME)</t>
+  </si>
+  <si>
+    <t>ROUSSELON Valérie</t>
   </si>
   <si>
     <t>PEDOPSY HOPITAL DE JOUR ADOLESCENTS</t>
   </si>
   <si>
-    <t>UF SAMU</t>
-[...7 lines deleted...]
-  <si>
     <t>UF ALLERGOLOGIE ADULTE</t>
   </si>
   <si>
-    <t>RADIOLOGIE PEDIATRIQUE</t>
-[...13 lines deleted...]
-  <si>
     <t>EQUIPE MOBILE ADOLESCENTS ET PREADOLES</t>
   </si>
   <si>
-    <t>UF REANIMATION ANESTHESIE</t>
-[...1 lines deleted...]
-  <si>
     <t>CARDIO RYTHMOLOGIE INTERVENTIONNELLE</t>
   </si>
   <si>
     <t>DA COSTA ANTOINE</t>
   </si>
   <si>
-    <t>Pharmacotechnie - dispensation controlée</t>
-[...4 lines deleted...]
-  <si>
     <t>REANIMATION NEONATALE</t>
   </si>
   <si>
     <t>CREMILLIEUX Clara</t>
   </si>
   <si>
-    <t>SOINS INTENSIFS DE NEONATOLOGIE</t>
-[...1 lines deleted...]
-  <si>
     <t>DES d'appel = Spécialité de l'interne</t>
   </si>
   <si>
     <t>Spécialité de l'agrément OPPI</t>
   </si>
   <si>
     <t>Saint-Etienne</t>
   </si>
   <si>
-    <t>HAYS Stéphane</t>
-[...1 lines deleted...]
-  <si>
     <t>VALVERDE Pascale</t>
   </si>
   <si>
     <t>Biologie médicale</t>
   </si>
   <si>
-    <t>DRUART HELENE</t>
-[...7 lines deleted...]
-  <si>
     <t>SPSTI ARVE MONT-BLANC (AMB)</t>
   </si>
   <si>
     <t>DEPARTEMENT DE L'ISERE</t>
   </si>
   <si>
-    <t>CHIRON François</t>
-[...5 lines deleted...]
-    <t>MUTUALITE SOCIALE AGRICOLE (MSA) AIN-RHONE</t>
+    <t>EUROFINS LABAZUR RHONE-ALPES</t>
+  </si>
+  <si>
+    <t>ORIADE NOVIALE SAINT-MARTIN-D'HERES</t>
   </si>
   <si>
     <t>ALAMARTINE Eric</t>
   </si>
   <si>
     <t>DECAUSSIN PETRUCCI Myriam</t>
   </si>
   <si>
-    <t>à créer</t>
-[...11 lines deleted...]
-    <t>CHARDON Laurence</t>
+    <t>ENDOCRINOLOGIE,DIABETOLOGIE MALADIES - SITE LYON SUD</t>
   </si>
   <si>
     <t>MEDECINE DU VIEILLISSEMENT - GERIATRIE</t>
   </si>
   <si>
-    <t>GILBERT Thomas</t>
-[...10 lines deleted...]
-  <si>
     <t>PROMEOM LYON</t>
   </si>
   <si>
     <t>MEDECINE ET SANTE AU TRAVAIL</t>
   </si>
   <si>
     <t>GAUDEL Jeremy</t>
   </si>
   <si>
-    <t>NEUROCOGNITION ET NEURO OPHTALMOLOGIE</t>
-[...56 lines deleted...]
-    <t>MOUSTAFA Farès</t>
+    <t>BARDINA JACQUES-FRANCOIS</t>
+  </si>
+  <si>
+    <t>TROUBLES ANXIEUX ET DEPRESSIFS - CENTRE DE THERAPIE BREVE</t>
+  </si>
+  <si>
+    <t>CL3R POLE CENTRE RIVE GAUCHE</t>
   </si>
   <si>
     <t>PICARD SYLVIE</t>
   </si>
   <si>
     <t>SERVICE DE MEDECINE SCOLAIRE - PUY DE DOME</t>
   </si>
   <si>
     <t>PP6384ST00971</t>
   </si>
   <si>
-    <t>COLL Guillaume</t>
-[...4 lines deleted...]
-  <si>
     <t>POLE SOINS AIGUS INTENSIFS (SAI)</t>
   </si>
   <si>
     <t>ALMON SEBASTIEN</t>
   </si>
   <si>
-    <t>PHILIPPOT Remi</t>
-[...7 lines deleted...]
-  <si>
     <t>GIRAUD Antoine</t>
   </si>
   <si>
-    <t>PETERSEN JENS ERIK</t>
-[...32 lines deleted...]
-    <t>MORET AURELIEN</t>
+    <t>AUBERT Emmanuelle</t>
   </si>
   <si>
     <t>MISIT - METHOD INFO SANTE BIOSTAT INNO TECHNO ET RECHERCHE CLINIQUE</t>
   </si>
   <si>
-    <t>DEGANO Bruno</t>
-[...10 lines deleted...]
-  <si>
     <t>MARQUER ADELAIDE</t>
   </si>
   <si>
-    <t>GUICHARD CHRISTOPHE</t>
-[...4 lines deleted...]
-  <si>
     <t>PIJ / SI ADOLESCENTS</t>
   </si>
   <si>
     <t>CAMBIER GENTIANE</t>
   </si>
   <si>
-    <t>AUDRAIN BEATRICE</t>
-[...5 lines deleted...]
-    <t>BRENIER-PINCHART MARIE-PIERRE</t>
+    <t>TSA / ENFANT</t>
+  </si>
+  <si>
+    <t>GAUDIN PHILIPPE</t>
   </si>
   <si>
     <t>BOISSET SANDRINE</t>
   </si>
   <si>
-    <t>SERRATRICE François</t>
-[...4 lines deleted...]
-  <si>
     <t>MISIT</t>
   </si>
   <si>
-    <t>DAVID-TCHOUDA Sandra</t>
+    <t>COMBARNOUS CAMILLE</t>
+  </si>
+  <si>
+    <t>SERVICE ODONTOLOGIE / CO</t>
+  </si>
+  <si>
+    <t>ROUANET JACQUES</t>
+  </si>
+  <si>
+    <t>ROLLAND-DEBORD  Camille</t>
+  </si>
+  <si>
+    <t>Psychiatrie de l'enfant PPE (ECN 2017-2021)</t>
+  </si>
+  <si>
+    <t>Biologie générale</t>
+  </si>
+  <si>
+    <t>Médecine Moléculaire-Génétique-Pharmacologie</t>
+  </si>
+  <si>
+    <t>Agents Infectieux</t>
+  </si>
+  <si>
+    <t>SIST  BTP ISERE</t>
+  </si>
+  <si>
+    <t>PP3884SH01269</t>
+  </si>
+  <si>
+    <t>PP3884SH01271</t>
+  </si>
+  <si>
+    <t>SMR GERIATRIQUE SUD / COGNITO-COMPORTEMENTAL</t>
+  </si>
+  <si>
+    <t>PGG / EQUIPE PSYMOB</t>
+  </si>
+  <si>
+    <t>PAVESE Patricia</t>
+  </si>
+  <si>
+    <t>BOCHET EMMANUEL</t>
+  </si>
+  <si>
+    <t>LECOQ Laetitia</t>
+  </si>
+  <si>
+    <t>PUPIER  Florence</t>
+  </si>
+  <si>
+    <t>DAVID-TCHOUDA SANDRA</t>
+  </si>
+  <si>
+    <t>SCHMITT Elsa</t>
+  </si>
+  <si>
+    <t>PP6984SZ01905</t>
+  </si>
+  <si>
+    <t>Service de Biochimie et Biologie Moléculaire</t>
+  </si>
+  <si>
+    <t>Service d'hématologie biologique et hémostase clinique</t>
+  </si>
+  <si>
+    <t>IMAGERIE CARDIOVASCULAIRE ET THORACIQUE</t>
+  </si>
+  <si>
+    <t>PERRET Thibault</t>
+  </si>
+  <si>
+    <t>BELOT  Alexandre</t>
+  </si>
+  <si>
+    <t>RASIGADE  JEAN-PHILIPPE</t>
+  </si>
+  <si>
+    <t>CHARDON LAURENCE</t>
+  </si>
+  <si>
+    <t>DES PORTES DE LA FOSSE Vincent</t>
+  </si>
+  <si>
+    <t>GONTARD  Stéphanie</t>
+  </si>
+  <si>
+    <t>BUTIN  MARINE</t>
+  </si>
+  <si>
+    <t>LATHIERE  Thomas</t>
+  </si>
+  <si>
+    <t>MEDECINE NEONATALE</t>
+  </si>
+  <si>
+    <t>Liste des postes à ouvrir au choix des "Docteurs Juniors" pour la phase de consolidation  - Région ARA - semestre Mai 2026</t>
   </si>
   <si>
     <t>SIMPLE</t>
   </si>
   <si>
     <t>NON</t>
   </si>
   <si>
-    <t>MIXTE</t>
-[...16 lines deleted...]
-  <si>
     <t>COUPLE</t>
   </si>
   <si>
-    <t>Poste couplé 50% équipe mobile – Pôle Centre rive gauche/ 50%  CMP - Pôle Centre rive gauche Dr BREYNAERT</t>
-[...92 lines deleted...]
-    <t>Poste couplé entre les cabinets de 6 praticiens libéraux : Drs Verriere ; Franc ; Vayssade ; Cechetti ; Lauferon et  Maillet</t>
+    <t>ANESTH</t>
+  </si>
+  <si>
+    <t>REA</t>
+  </si>
+  <si>
+    <t>7 Postes ANESTH + 2 Postes REA B</t>
+  </si>
+  <si>
+    <t>Poste couplé 50% Hopital neuro unité de neuro vasculaire (Pr Cho)/50% Médipole mutualiste</t>
+  </si>
+  <si>
+    <t>2 postes couplés 80% CHUSE / 20% CH Montbrison</t>
+  </si>
+  <si>
+    <t>Poste couplé 60% CLK 40% Lean</t>
+  </si>
+  <si>
+    <t>1 poste HDJ neuro + 1 poste HDJ périnatale</t>
+  </si>
+  <si>
+    <t>Postes imagerie diagnostic</t>
+  </si>
+  <si>
+    <t xml:space="preserve">COUPLE </t>
+  </si>
+  <si>
+    <t>Poste couplé 3 jours HFME Pneumopédiatrie/2 jours Médipole</t>
+  </si>
+  <si>
+    <t>Secteur 1</t>
+  </si>
+  <si>
+    <t>3 postes Anesth ORL + 1 poste Réa chir</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Poste couplé Pneumo/Dermato CHU </t>
+  </si>
+  <si>
+    <t>Poste couplé 50% SST CHU/50% Centre du sommeil</t>
+  </si>
+  <si>
+    <t>Biologie générale (issue de la pharmacie)</t>
+  </si>
+  <si>
+    <t>1 poste partagé MPR adulte CHUSE 50% et CUSA CHUSE 50%
+1 poste partagé MPR adulte CHUSE 50% et HTP CMA Bellevue 50%</t>
+  </si>
+  <si>
+    <t>PARIOU /SATIS</t>
+  </si>
+  <si>
+    <t>Poste couplé 50% HCL - GHE - HFME – CBPE - PSYCHOPATHOLOGIE DU DEVELOPPEMENT ET UAPED – Pr FOURNERET 84001044/ 50% le VINATIER - ADO TETA / PERRACHE- Dr DECHAUX- agrément 84000947</t>
+  </si>
+  <si>
+    <t>Poste mixte 50% Chez Soit d'Abord – Dr DUVERNAY - agrément 84001047 /50% LE VINATIER – UHBA - Pr GEORGIEFF - agrément 84000857</t>
+  </si>
+  <si>
+    <t>Dénutrition</t>
+  </si>
+  <si>
+    <t>Poste couplé 60% UA2 et 40% urgences psy CHU</t>
   </si>
   <si>
     <t>SIMPLE / COUPLE</t>
   </si>
   <si>
-    <t>Réa</t>
-[...66 lines deleted...]
-    <t>Poste couplé 80% MPR pédiatrique et 20% MPR adulte Bellevue</t>
+    <t>2 postes 100% CHU + 1 poste 3 jours CHU / 2 jours Montluçon</t>
+  </si>
+  <si>
+    <t>Poste partagé CCV/Cardio CHU Clermont-Ferrand</t>
+  </si>
+  <si>
+    <t>Néphropédiatrie</t>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">1 poste couplé MPR adulte CHU Saint-Etienne (unité HDJ) 60%/ HDJ CMA  (40%) </t>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">ESCHALIER Romain </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FFFF0000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve">agrément en cours </t>
+      <t>SOUTEYRAND Geraud</t>
     </r>
+  </si>
+  <si>
     <r>
       <rPr>
+        <strike/>
         <sz val="11"/>
-        <color theme="1"/>
+        <color rgb="FFFF0000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>+ 1 poste couplé MPR adulte CHU Saint-Etienne (unité HDJ) 50%/ CHUSE CUSA (50%)</t>
+      <t xml:space="preserve">FOURNERET  Pierre </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FFFF0000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve"> agrément en cours</t>
+      <t>LEAUNE Edouard</t>
     </r>
   </si>
   <si>
-    <t>Postes partagés Urgences adultes CHMS/SAMU CHMS</t>
-[...139 lines deleted...]
-  <si>
     <r>
-      <t xml:space="preserve">1 poste couplé 6 mois SAU Roanne/6 mois CHUSE (3 mois SAMU/3 mois SAU) + 1 poste d'1 an, couplé et décalé à mai 26 6 mois SAU Roanne/6 mois SAU/SAMU Annonay) + 1 poste couplé et décalé à mai 26 6 mois SAU Roanne/6 mois Soins intensifs Annonay </t>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">FOURNERET Pierre </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FFFF0000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>(à agréer à la commision agréments 2026)</t>
+      <t>CLEMENT Amélie</t>
     </r>
   </si>
   <si>
-    <t>CORNOU CAROLINE</t>
-[...32 lines deleted...]
-    <t>Option Orthopédie pédiatrique</t>
+    <t>Poste DAN</t>
+  </si>
+  <si>
+    <t>Psychiatrie de liaison</t>
+  </si>
+  <si>
+    <t>EMLU/UPSAJ</t>
+  </si>
+  <si>
+    <t>UAEO</t>
+  </si>
+  <si>
+    <t>Stage FST Nutrition appliquée</t>
+  </si>
+  <si>
+    <t>Option néonatologie</t>
+  </si>
+  <si>
+    <t>Option réanimation pédiatrique</t>
+  </si>
+  <si>
+    <t>Option neuropédiatrie</t>
+  </si>
+  <si>
+    <t>Option pneumopédiatrie</t>
+  </si>
+  <si>
+    <t>Stage FST urgences pédiatriques</t>
+  </si>
+  <si>
+    <t>Stage FST hémato-cancérologie pédiatrique</t>
+  </si>
+  <si>
+    <t>stage FST hémato-cancérologie pédiatrique</t>
+  </si>
+  <si>
+    <t>REANIMATION PEDIATRIQUE</t>
+  </si>
+  <si>
+    <t>Option néonaologie</t>
+  </si>
+  <si>
+    <t>Option RIA</t>
+  </si>
+  <si>
+    <t>Postes partagés GM/Estaing - Option RIA</t>
+  </si>
+  <si>
+    <t>Pharmacie Hospitalière</t>
+  </si>
+  <si>
+    <t>Poste couplé TSA ENFANT UJA / CHU UF DE PEDOPSYCHIATRIE HOSPITALIERE ASAP</t>
   </si>
   <si>
     <t>Option Cardiologie interventionnelle de l'adulte</t>
   </si>
   <si>
-    <t>Option Rythmologie interventionnelle et stimulation cardiaque</t>
+    <t>Option Rythmologie interventionnelle et stimulation</t>
   </si>
   <si>
     <t>Option Imagerie cardiovasculaire d'expertise</t>
   </si>
   <si>
-    <t>Option Oncologie radiothérapie</t>
-[...40 lines deleted...]
-    <t>Poste couplé 3 mois CHLS, puis 3 mois SAMU pédiatrique (responsable Dr BOUCHUT, chef terrain stage Pr TAZAROURTE SAMU/SMUR HEH)
+    <t>Stage FST cardiologie pédiatrique et congénitale</t>
+  </si>
+  <si>
+    <t>Poste couplé Néonat Lyon Sud/ SAMU Pédiatrique
 Option néonatologie</t>
   </si>
   <si>
-    <t>Option DSPS (6 mois)</t>
-[...117 lines deleted...]
-    <t>affectation hors plateforme pour 6 mois supplémentaire restant à effectuer</t>
+    <t xml:space="preserve"> 1 Poste couplé avec HCL HFME (Pr Canterino) - 3 jours à l'HFME et 2 jours au CHUSE, donc 60% HFME et 40% CHUSE - option RIA</t>
+  </si>
+  <si>
+    <t>1 poste partagé cardio pédiatrie - option RIA</t>
+  </si>
+  <si>
+    <t>en attente de retour de l'université pour la création d'une unité d'endoc pédiatrique</t>
+  </si>
+  <si>
+    <t>ATTENTION normalement Option précoce Agents Infectieux mais pas d'agrément</t>
+  </si>
+  <si>
+    <t>Pédopsy CHU</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>CATHEBRAS PASCAL</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> Martin KILLIAN</t>
+    </r>
+  </si>
+  <si>
+    <t>MIXTE</t>
+  </si>
+  <si>
+    <t>Poste couplé 60% EMP et 40% Périnatalité</t>
+  </si>
+  <si>
+    <t>Poste couplé 3 mois Médecine scolaire Puy de Dôme/3 mois Médecine scolaire Allier</t>
+  </si>
+  <si>
+    <t>LOUNIS MEZIANE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2 postes 100% + 1 Poste couplé 60% EMG/40% Neuro cognition et neuro ophtalmologie </t>
+  </si>
+  <si>
+    <t>Poste couplé 50% CHLS - 50% Libéral (CLAVIER Annie)</t>
+  </si>
+  <si>
+    <t>1 poste Anesth (BOU) + 1 poste Réa H réa chir + 2 postes Réa G RMC + 1 poste Réa I réa brulés</t>
+  </si>
+  <si>
+    <t>Poste couplé HDJ Adolescent CHS DE LA SAVOIE - DPT PSYCHOPATHOLOGIE DE L'ADOLESCENT/ pédopsychiatrie de liaison CHMS  =&gt; pas agréé</t>
+  </si>
+  <si>
+    <t>Nombre postes ouverts pour les Drs Juniors - Mai 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ _€_-;\-* #,##0.00\ _€_-;_-* &quot;-&quot;??\ _€_-;_-@_-"/>
   </numFmts>
-  <fonts count="17" x14ac:knownFonts="1">
+  <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <i/>
-[...13 lines deleted...]
-    <font>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
-      <name val="Calibri"/>
-[...6 lines deleted...]
-      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="11"/>
-[...12 lines deleted...]
-    <font>
       <sz val="16"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="10"/>
-      <color theme="1"/>
+      <strike/>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="16"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="7">
+  <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF9966FF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF9999FF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
-    <fill>
-[...10 lines deleted...]
-    </fill>
   </fills>
-  <borders count="13">
+  <borders count="9">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
-      <right style="thin">
-[...48 lines deleted...]
-      </left>
       <right/>
-      <top/>
-[...7 lines deleted...]
-      </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color indexed="64"/>
+        <color auto="1"/>
       </left>
       <right style="thin">
-        <color indexed="64"/>
+        <color auto="1"/>
       </right>
-      <top style="thin">
+      <top style="medium">
         <color indexed="64"/>
       </top>
-      <bottom style="thin">
+      <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right/>
-[...1 lines deleted...]
-        <color theme="8" tint="0.39997558519241921"/>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right style="medium">
-[...11 lines deleted...]
-      </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="164" fontId="10" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="164" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="45">
+  <cellXfs count="33">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="centerContinuous" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="centerContinuous" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="centerContinuous" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="centerContinuous" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
-[...16 lines deleted...]
-    <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
-[...6 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...18 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...45 lines deleted...]
-      <alignment horizontal="centerContinuous" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Milliers 2 2" xfId="1" xr:uid="{3F62DECD-8857-4FF6-985A-F516EDDC4A77}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="17">
     <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <vertAlign val="baseline"/>
+        <color auto="1"/>
+      </font>
       <fill>
-        <patternFill patternType="none">
+        <patternFill patternType="solid">
           <fgColor indexed="64"/>
-          <bgColor indexed="65"/>
-[...18 lines deleted...]
-          <bgColor indexed="65"/>
+          <bgColor rgb="FFFF7C80"/>
         </patternFill>
       </fill>
       <alignment textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
+      <font>
+        <color auto="1"/>
+      </font>
       <fill>
-        <patternFill patternType="none">
+        <patternFill patternType="solid">
           <fgColor indexed="64"/>
-          <bgColor indexed="65"/>
+          <bgColor rgb="FFFF7C80"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <vertAlign val="baseline"/>
+        <color auto="1"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor rgb="FFFF7C80"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <vertAlign val="baseline"/>
+        <color auto="1"/>
+      </font>
       <fill>
-        <patternFill patternType="none">
+        <patternFill patternType="solid">
           <fgColor indexed="64"/>
-          <bgColor indexed="65"/>
+          <bgColor rgb="FFFF7C80"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b/>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <vertAlign val="baseline"/>
         <sz val="14"/>
+        <color auto="1"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
-          <bgColor indexed="65"/>
+          <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-      <border diagonalUp="0" diagonalDown="0">
+      <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="medium">
           <color indexed="64"/>
         </left>
         <right/>
         <top/>
         <bottom/>
-        <vertical/>
-        <horizontal/>
       </border>
     </dxf>
     <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <vertAlign val="baseline"/>
+        <color auto="1"/>
+      </font>
       <fill>
         <patternFill patternType="none">
+          <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <vertAlign val="baseline"/>
+        <color auto="1"/>
+      </font>
       <fill>
         <patternFill patternType="none">
+          <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <vertAlign val="baseline"/>
+        <color auto="1"/>
+      </font>
       <fill>
         <patternFill patternType="none">
+          <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <vertAlign val="baseline"/>
+        <color auto="1"/>
+      </font>
       <fill>
         <patternFill patternType="none">
+          <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <vertAlign val="baseline"/>
+        <color auto="1"/>
+      </font>
       <fill>
         <patternFill patternType="none">
+          <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <vertAlign val="baseline"/>
+        <color auto="1"/>
+      </font>
       <fill>
         <patternFill patternType="none">
+          <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <vertAlign val="baseline"/>
+        <color auto="1"/>
+      </font>
       <fill>
         <patternFill patternType="none">
+          <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <vertAlign val="baseline"/>
+        <color auto="1"/>
+      </font>
       <fill>
         <patternFill patternType="none">
+          <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <border outline="0">
         <top style="thin">
           <color auto="1"/>
         </top>
       </border>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="none">
+          <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <border outline="0">
         <bottom style="medium">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor rgb="FF9966FF"/>
         </patternFill>
       </fill>
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color auto="1"/>
         </left>
         <right style="thin">
           <color auto="1"/>
         </right>
         <top/>
         <bottom/>
       </border>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
+      <color rgb="FF9966FF"/>
       <color rgb="FF9999FF"/>
       <color rgb="FFFF7C80"/>
       <color rgb="FFFF0000"/>
       <color rgb="FFFFCC99"/>
       <color rgb="FFCC3300"/>
-      <color rgb="FF9966FF"/>
       <color rgb="FFFF9966"/>
       <color rgb="FFFF9933"/>
       <color rgb="FFFF5050"/>
       <color rgb="FFCC0000"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{77AD1D9A-6DDD-4424-99EE-881ED8F924C4}" name="Tableau1" displayName="Tableau1" ref="A3:M527" totalsRowShown="0" headerRowDxfId="16" dataDxfId="14" headerRowBorderDxfId="15" tableBorderDxfId="13">
-[...2 lines deleted...]
-    <sortCondition ref="B3:B527"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{77AD1D9A-6DDD-4424-99EE-881ED8F924C4}" name="Tableau1" displayName="Tableau1" ref="A3:M306" totalsRowShown="0" headerRowDxfId="16" dataDxfId="14" headerRowBorderDxfId="15" tableBorderDxfId="13">
+  <autoFilter ref="A3:M306" xr:uid="{77AD1D9A-6DDD-4424-99EE-881ED8F924C4}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A4:M306">
+    <sortCondition ref="I3:I306"/>
   </sortState>
   <tableColumns count="13">
     <tableColumn id="1" xr3:uid="{6D7DF1AE-D2A6-495B-828A-E3910796D26A}" name="Subdivision stage" dataDxfId="12"/>
     <tableColumn id="2" xr3:uid="{5A7DB83F-6EFF-4B91-A87D-3EF4C2FAC4C6}" name="Libellé de l'établissement" dataDxfId="11"/>
     <tableColumn id="4" xr3:uid="{BDFA8A1B-F866-4CD3-B0D0-788288261FF7}" name="Identifiant unique du stage" dataDxfId="10"/>
     <tableColumn id="11" xr3:uid="{677AA220-B107-4076-8865-60168281C266}" name="Libellé du terrain (service)" dataDxfId="9"/>
     <tableColumn id="12" xr3:uid="{4E276B18-812A-4BD2-A880-042482419774}" name="RTS" dataDxfId="8"/>
     <tableColumn id="15" xr3:uid="{4213158A-E3A2-43E3-80A5-2A23F095B0F8}" name="Spécialité de l'agrément OPPI" dataDxfId="7"/>
     <tableColumn id="18" xr3:uid="{A87FF8CD-4658-46D3-97A8-8C30A30DAE3A}" name="Type agrément" dataDxfId="6"/>
     <tableColumn id="21" xr3:uid="{3BD27DB5-0C02-4451-8F5F-D68244AF3AAF}" name="DES d'appel = Spécialité de l'interne" dataDxfId="5"/>
-    <tableColumn id="36" xr3:uid="{1F29C9EB-3DE3-46BA-85B0-7721256AD92A}" name="Nombre postes ouverts pour les Drs Juniors - Novembre 2025" dataDxfId="4"/>
+    <tableColumn id="36" xr3:uid="{1F29C9EB-3DE3-46BA-85B0-7721256AD92A}" name="Nombre postes ouverts pour les Drs Juniors - Mai 2026" dataDxfId="4"/>
     <tableColumn id="37" xr3:uid="{BC6398A6-3F26-496F-A05E-625C5830248A}" name="Poste Simple, Mixte ou Couplé" dataDxfId="3"/>
     <tableColumn id="38" xr3:uid="{EADB4A28-BC98-41FC-86C0-885F4F46846C}" name="Poste décalé ? (oui/non)" dataDxfId="2"/>
-    <tableColumn id="39" xr3:uid="{E57D84A9-B188-4193-AD9C-85F0408C782D}" name="Précisions sur les postes/couplages" dataDxfId="1"/>
-    <tableColumn id="42" xr3:uid="{BA6DBA19-6808-453B-AEB5-E7576FABB5E6}" name="Durée du poste_x000a_ (6 mois/1 an)" dataDxfId="0"/>
+    <tableColumn id="39" xr3:uid="{E57D84A9-B188-4193-AD9C-85F0408C782D}" name="Précisions sur les postes/couplages" dataDxfId="0"/>
+    <tableColumn id="42" xr3:uid="{BA6DBA19-6808-453B-AEB5-E7576FABB5E6}" name="Durée du poste_x000a_ (6 mois/1 an)" dataDxfId="1"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium6" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office 2013 – 2022">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
@@ -4691,20949 +3223,12145 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A1F61BE0-4E41-41D0-8D3A-D5651CB2D199}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:M527"/>
+  <dimension ref="A1:M306"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="S7" sqref="S7"/>
+    <sheetView tabSelected="1" zoomScale="74" zoomScaleNormal="74" workbookViewId="0">
+      <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="13.140625" style="6" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="8" max="8" width="16.28515625" style="6" customWidth="1"/>
+    <col min="1" max="1" width="13.140625" style="2" customWidth="1"/>
+    <col min="2" max="2" width="25.140625" style="2" customWidth="1"/>
+    <col min="3" max="3" width="13.42578125" customWidth="1"/>
+    <col min="4" max="4" width="28.7109375" style="2" customWidth="1"/>
+    <col min="5" max="5" width="16.42578125" style="2" customWidth="1"/>
+    <col min="6" max="6" width="14" style="2" customWidth="1"/>
+    <col min="7" max="7" width="10.5703125" style="2" customWidth="1"/>
+    <col min="8" max="8" width="16.28515625" style="2" customWidth="1"/>
     <col min="9" max="9" width="18.28515625" customWidth="1"/>
     <col min="10" max="10" width="14.42578125" customWidth="1"/>
     <col min="11" max="11" width="11.85546875" customWidth="1"/>
-    <col min="12" max="12" width="99.7109375" style="6" customWidth="1"/>
+    <col min="12" max="12" width="28" style="10" customWidth="1"/>
+    <col min="13" max="13" width="11.42578125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" s="30" customFormat="1" ht="42" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-[...9 lines deleted...]
-      <c r="L1" s="29"/>
+    <row r="1" spans="1:13" s="7" customFormat="1" ht="68.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A1" s="8" t="s">
+        <v>646</v>
+      </c>
+      <c r="B1" s="6"/>
+      <c r="D1" s="6"/>
+      <c r="E1" s="6"/>
+      <c r="F1" s="6"/>
+      <c r="G1" s="6"/>
+      <c r="H1" s="6"/>
+      <c r="L1" s="6"/>
     </row>
     <row r="2" spans="1:13" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="I2" s="41" t="s">
-[...5 lines deleted...]
-      <c r="M2" s="44"/>
+      <c r="I2" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="J2" s="23"/>
+      <c r="K2" s="23"/>
+      <c r="L2" s="24"/>
+      <c r="M2" s="25"/>
     </row>
     <row r="3" spans="1:13" ht="124.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="1" t="s">
+      <c r="A3" s="26" t="s">
         <v>0</v>
       </c>
-      <c r="B3" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C3" s="1" t="s">
+      <c r="B3" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="C3" s="26" t="s">
         <v>2</v>
       </c>
-      <c r="D3" s="1" t="s">
+      <c r="D3" s="26" t="s">
         <v>3</v>
       </c>
-      <c r="E3" s="1" t="s">
+      <c r="E3" s="26" t="s">
         <v>4</v>
       </c>
-      <c r="F3" s="1" t="s">
-[...2 lines deleted...]
-      <c r="G3" s="1" t="s">
+      <c r="F3" s="26" t="s">
+        <v>581</v>
+      </c>
+      <c r="G3" s="26" t="s">
         <v>5</v>
       </c>
-      <c r="H3" s="1" t="s">
-[...5 lines deleted...]
-      <c r="J3" s="3" t="s">
+      <c r="H3" s="26" t="s">
+        <v>580</v>
+      </c>
+      <c r="I3" s="27" t="s">
+        <v>715</v>
+      </c>
+      <c r="J3" s="28" t="s">
         <v>7</v>
       </c>
-      <c r="K3" s="3" t="s">
+      <c r="K3" s="28" t="s">
         <v>8</v>
       </c>
-      <c r="L3" s="3" t="s">
+      <c r="L3" s="28" t="s">
         <v>9</v>
       </c>
-      <c r="M3" s="4" t="s">
+      <c r="M3" s="29" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="4" spans="1:13" s="5" customFormat="1" ht="63" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="7" t="s">
+    <row r="4" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A4" s="4" t="s">
         <v>11</v>
       </c>
-      <c r="B4" s="7" t="s">
+      <c r="B4" s="4" t="s">
         <v>12</v>
       </c>
-      <c r="C4" s="9">
+      <c r="C4" s="3">
+        <v>83000037</v>
+      </c>
+      <c r="D4" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="E4" s="4" t="s">
+        <v>617</v>
+      </c>
+      <c r="F4" s="4" t="s">
+        <v>137</v>
+      </c>
+      <c r="G4" s="4" t="s">
+        <v>162</v>
+      </c>
+      <c r="H4" s="12" t="s">
+        <v>160</v>
+      </c>
+      <c r="I4" s="31">
+        <v>1</v>
+      </c>
+      <c r="J4" s="15" t="s">
+        <v>649</v>
+      </c>
+      <c r="K4" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L4" s="15" t="s">
+        <v>662</v>
+      </c>
+      <c r="M4" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" s="1" customFormat="1" ht="21" x14ac:dyDescent="0.25">
+      <c r="A5" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B5" s="4" t="s">
+        <v>283</v>
+      </c>
+      <c r="C5" s="3" t="s">
+        <v>311</v>
+      </c>
+      <c r="D5" s="4" t="s">
+        <v>517</v>
+      </c>
+      <c r="E5" s="4" t="s">
+        <v>518</v>
+      </c>
+      <c r="F5" s="4" t="s">
+        <v>160</v>
+      </c>
+      <c r="G5" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H5" s="12" t="s">
+        <v>160</v>
+      </c>
+      <c r="I5" s="31">
+        <v>1</v>
+      </c>
+      <c r="J5" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K5" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L5" s="15"/>
+      <c r="M5" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A6" s="4" t="s">
+        <v>582</v>
+      </c>
+      <c r="B6" s="4" t="s">
+        <v>519</v>
+      </c>
+      <c r="C6" s="3">
+        <v>82000398</v>
+      </c>
+      <c r="D6" s="4" t="s">
+        <v>557</v>
+      </c>
+      <c r="E6" s="4" t="s">
+        <v>589</v>
+      </c>
+      <c r="F6" s="4" t="s">
+        <v>128</v>
+      </c>
+      <c r="G6" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H6" s="12" t="s">
+        <v>128</v>
+      </c>
+      <c r="I6" s="31">
+        <v>1</v>
+      </c>
+      <c r="J6" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K6" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L6" s="15"/>
+      <c r="M6" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A7" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B7" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C7" s="11">
+        <v>83000031</v>
+      </c>
+      <c r="D7" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E7" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="F7" s="4" t="s">
+        <v>131</v>
+      </c>
+      <c r="G7" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H7" s="12" t="s">
+        <v>131</v>
+      </c>
+      <c r="I7" s="31">
+        <v>1</v>
+      </c>
+      <c r="J7" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K7" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L7" s="15"/>
+      <c r="M7" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" s="1" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+      <c r="A8" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="B8" s="4" t="s">
+        <v>168</v>
+      </c>
+      <c r="C8" s="5">
+        <v>82003470</v>
+      </c>
+      <c r="D8" s="4" t="s">
+        <v>262</v>
+      </c>
+      <c r="E8" s="4" t="s">
+        <v>263</v>
+      </c>
+      <c r="F8" s="4" t="s">
+        <v>139</v>
+      </c>
+      <c r="G8" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="H8" s="12" t="s">
+        <v>111</v>
+      </c>
+      <c r="I8" s="31">
+        <v>1</v>
+      </c>
+      <c r="J8" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K8" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L8" s="15" t="s">
+        <v>688</v>
+      </c>
+      <c r="M8" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A9" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B9" s="4" t="s">
+        <v>298</v>
+      </c>
+      <c r="C9" s="3">
+        <v>82000630</v>
+      </c>
+      <c r="D9" s="4" t="s">
+        <v>383</v>
+      </c>
+      <c r="E9" s="4" t="s">
+        <v>590</v>
+      </c>
+      <c r="F9" s="4" t="s">
+        <v>131</v>
+      </c>
+      <c r="G9" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H9" s="12" t="s">
+        <v>131</v>
+      </c>
+      <c r="I9" s="31">
+        <v>1</v>
+      </c>
+      <c r="J9" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K9" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L9" s="15"/>
+      <c r="M9" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A10" s="4" t="s">
+        <v>582</v>
+      </c>
+      <c r="B10" s="4" t="s">
+        <v>519</v>
+      </c>
+      <c r="C10" s="13">
+        <v>82000393</v>
+      </c>
+      <c r="D10" s="4" t="s">
+        <v>554</v>
+      </c>
+      <c r="E10" s="4" t="s">
+        <v>605</v>
+      </c>
+      <c r="F10" s="4" t="s">
+        <v>114</v>
+      </c>
+      <c r="G10" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H10" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="I10" s="31">
+        <v>1</v>
+      </c>
+      <c r="J10" s="15" t="s">
+        <v>649</v>
+      </c>
+      <c r="K10" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L10" s="19" t="s">
+        <v>670</v>
+      </c>
+      <c r="M10" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A11" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="B11" s="4" t="s">
+        <v>166</v>
+      </c>
+      <c r="C11" s="13">
+        <v>84000473</v>
+      </c>
+      <c r="D11" s="4" t="s">
+        <v>270</v>
+      </c>
+      <c r="E11" s="4" t="s">
+        <v>271</v>
+      </c>
+      <c r="F11" s="4" t="s">
+        <v>150</v>
+      </c>
+      <c r="G11" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H11" s="12" t="s">
+        <v>150</v>
+      </c>
+      <c r="I11" s="31">
+        <v>1</v>
+      </c>
+      <c r="J11" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K11" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L11" s="15"/>
+      <c r="M11" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A12" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="B12" s="4" t="s">
+        <v>168</v>
+      </c>
+      <c r="C12" s="13">
+        <v>82000954</v>
+      </c>
+      <c r="D12" s="4" t="s">
+        <v>219</v>
+      </c>
+      <c r="E12" s="4" t="s">
+        <v>220</v>
+      </c>
+      <c r="F12" s="4" t="s">
+        <v>114</v>
+      </c>
+      <c r="G12" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H12" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="I12" s="31">
+        <v>1</v>
+      </c>
+      <c r="J12" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K12" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L12" s="15"/>
+      <c r="M12" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A13" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="B13" s="4" t="s">
+        <v>168</v>
+      </c>
+      <c r="C13" s="11">
+        <v>82000954</v>
+      </c>
+      <c r="D13" s="4" t="s">
+        <v>219</v>
+      </c>
+      <c r="E13" s="4" t="s">
+        <v>220</v>
+      </c>
+      <c r="F13" s="4" t="s">
+        <v>618</v>
+      </c>
+      <c r="G13" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="H13" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="I13" s="31">
+        <v>1</v>
+      </c>
+      <c r="J13" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K13" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L13" s="15"/>
+      <c r="M13" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A14" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B14" s="4" t="s">
+        <v>283</v>
+      </c>
+      <c r="C14" s="11">
+        <v>84000677</v>
+      </c>
+      <c r="D14" s="4" t="s">
+        <v>503</v>
+      </c>
+      <c r="E14" s="4" t="s">
+        <v>502</v>
+      </c>
+      <c r="F14" s="4" t="s">
+        <v>150</v>
+      </c>
+      <c r="G14" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H14" s="12" t="s">
+        <v>150</v>
+      </c>
+      <c r="I14" s="31">
+        <v>1</v>
+      </c>
+      <c r="J14" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K14" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L14" s="15"/>
+      <c r="M14" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A15" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B15" s="4" t="s">
+        <v>295</v>
+      </c>
+      <c r="C15" s="13">
+        <v>82000531</v>
+      </c>
+      <c r="D15" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="E15" s="4" t="s">
+        <v>347</v>
+      </c>
+      <c r="F15" s="4" t="s">
+        <v>150</v>
+      </c>
+      <c r="G15" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H15" s="12" t="s">
+        <v>150</v>
+      </c>
+      <c r="I15" s="31">
+        <v>1</v>
+      </c>
+      <c r="J15" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K15" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L15" s="15"/>
+      <c r="M15" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A16" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B16" s="4" t="s">
+        <v>292</v>
+      </c>
+      <c r="C16" s="5">
+        <v>82000481</v>
+      </c>
+      <c r="D16" s="4" t="s">
+        <v>212</v>
+      </c>
+      <c r="E16" s="4" t="s">
+        <v>338</v>
+      </c>
+      <c r="F16" s="4" t="s">
+        <v>150</v>
+      </c>
+      <c r="G16" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H16" s="12" t="s">
+        <v>150</v>
+      </c>
+      <c r="I16" s="31">
+        <v>1</v>
+      </c>
+      <c r="J16" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K16" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L16" s="15"/>
+      <c r="M16" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A17" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B17" s="4" t="s">
+        <v>288</v>
+      </c>
+      <c r="C17" s="5">
+        <v>82000693</v>
+      </c>
+      <c r="D17" s="4" t="s">
+        <v>223</v>
+      </c>
+      <c r="E17" s="4" t="s">
+        <v>403</v>
+      </c>
+      <c r="F17" s="4" t="s">
+        <v>146</v>
+      </c>
+      <c r="G17" s="4" t="s">
+        <v>162</v>
+      </c>
+      <c r="H17" s="12" t="s">
+        <v>150</v>
+      </c>
+      <c r="I17" s="31">
+        <v>1</v>
+      </c>
+      <c r="J17" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K17" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L17" s="15"/>
+      <c r="M17" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A18" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B18" s="4" t="s">
+        <v>286</v>
+      </c>
+      <c r="C18" s="11">
+        <v>82000569</v>
+      </c>
+      <c r="D18" s="4" t="s">
+        <v>364</v>
+      </c>
+      <c r="E18" s="4" t="s">
+        <v>365</v>
+      </c>
+      <c r="F18" s="4" t="s">
+        <v>149</v>
+      </c>
+      <c r="G18" s="4" t="s">
+        <v>162</v>
+      </c>
+      <c r="H18" s="12" t="s">
+        <v>150</v>
+      </c>
+      <c r="I18" s="31">
+        <v>1</v>
+      </c>
+      <c r="J18" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K18" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L18" s="15"/>
+      <c r="M18" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A19" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B19" s="4" t="s">
+        <v>292</v>
+      </c>
+      <c r="C19" s="5">
+        <v>84000660</v>
+      </c>
+      <c r="D19" s="4" t="s">
+        <v>270</v>
+      </c>
+      <c r="E19" s="4" t="s">
+        <v>493</v>
+      </c>
+      <c r="F19" s="4" t="s">
+        <v>150</v>
+      </c>
+      <c r="G19" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H19" s="12" t="s">
+        <v>150</v>
+      </c>
+      <c r="I19" s="31">
+        <v>1</v>
+      </c>
+      <c r="J19" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K19" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L19" s="15"/>
+      <c r="M19" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A20" s="4" t="s">
+        <v>582</v>
+      </c>
+      <c r="B20" s="4" t="s">
+        <v>521</v>
+      </c>
+      <c r="C20" s="5">
+        <v>82000277</v>
+      </c>
+      <c r="D20" s="4" t="s">
+        <v>312</v>
+      </c>
+      <c r="E20" s="4" t="s">
+        <v>527</v>
+      </c>
+      <c r="F20" s="4" t="s">
+        <v>146</v>
+      </c>
+      <c r="G20" s="4" t="s">
+        <v>162</v>
+      </c>
+      <c r="H20" s="12" t="s">
+        <v>150</v>
+      </c>
+      <c r="I20" s="31">
+        <v>1</v>
+      </c>
+      <c r="J20" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K20" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L20" s="15" t="s">
+        <v>651</v>
+      </c>
+      <c r="M20" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A21" s="4" t="s">
+        <v>582</v>
+      </c>
+      <c r="B21" s="4" t="s">
+        <v>521</v>
+      </c>
+      <c r="C21" s="5">
+        <v>82000277</v>
+      </c>
+      <c r="D21" s="4" t="s">
+        <v>312</v>
+      </c>
+      <c r="E21" s="4" t="s">
+        <v>527</v>
+      </c>
+      <c r="F21" s="4" t="s">
+        <v>146</v>
+      </c>
+      <c r="G21" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H21" s="12" t="s">
+        <v>146</v>
+      </c>
+      <c r="I21" s="31">
+        <v>1</v>
+      </c>
+      <c r="J21" s="17" t="s">
+        <v>647</v>
+      </c>
+      <c r="K21" s="18" t="s">
+        <v>648</v>
+      </c>
+      <c r="L21" s="17"/>
+      <c r="M21" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A22" s="4" t="s">
+        <v>582</v>
+      </c>
+      <c r="B22" s="4" t="s">
+        <v>519</v>
+      </c>
+      <c r="C22" s="11">
+        <v>82000381</v>
+      </c>
+      <c r="D22" s="4" t="s">
+        <v>417</v>
+      </c>
+      <c r="E22" s="4" t="s">
+        <v>550</v>
+      </c>
+      <c r="F22" s="4" t="s">
+        <v>156</v>
+      </c>
+      <c r="G22" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H22" s="12" t="s">
+        <v>156</v>
+      </c>
+      <c r="I22" s="31">
+        <v>1</v>
+      </c>
+      <c r="J22" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K22" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L22" s="15"/>
+      <c r="M22" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A23" s="12" t="s">
+        <v>11</v>
+      </c>
+      <c r="B23" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="C23" s="11">
+        <v>83000090</v>
+      </c>
+      <c r="D23" s="12" t="s">
+        <v>60</v>
+      </c>
+      <c r="E23" s="12" t="s">
+        <v>61</v>
+      </c>
+      <c r="F23" s="12" t="s">
+        <v>117</v>
+      </c>
+      <c r="G23" s="12" t="s">
+        <v>161</v>
+      </c>
+      <c r="H23" s="12" t="s">
+        <v>584</v>
+      </c>
+      <c r="I23" s="31">
+        <v>1</v>
+      </c>
+      <c r="J23" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K23" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L23" s="15"/>
+      <c r="M23" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A24" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B24" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="C24" s="13">
+        <v>83000098</v>
+      </c>
+      <c r="D24" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="E24" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="F24" s="4" t="s">
+        <v>584</v>
+      </c>
+      <c r="G24" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H24" s="12" t="s">
+        <v>584</v>
+      </c>
+      <c r="I24" s="31">
+        <v>1</v>
+      </c>
+      <c r="J24" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K24" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L24" s="15"/>
+      <c r="M24" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A25" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B25" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="C25" s="3">
+        <v>83000098</v>
+      </c>
+      <c r="D25" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="E25" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="F25" s="4" t="s">
+        <v>117</v>
+      </c>
+      <c r="G25" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H25" s="12" t="s">
+        <v>584</v>
+      </c>
+      <c r="I25" s="31">
+        <v>1</v>
+      </c>
+      <c r="J25" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K25" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L25" s="15"/>
+      <c r="M25" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A26" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B26" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="C26" s="13">
+        <v>83000173</v>
+      </c>
+      <c r="D26" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="E26" s="4" t="s">
+        <v>71</v>
+      </c>
+      <c r="F26" s="4" t="s">
+        <v>148</v>
+      </c>
+      <c r="G26" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="H26" s="12" t="s">
+        <v>584</v>
+      </c>
+      <c r="I26" s="31">
+        <v>1</v>
+      </c>
+      <c r="J26" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K26" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L26" s="15"/>
+      <c r="M26" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A27" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B27" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="C27" s="13">
+        <v>83000277</v>
+      </c>
+      <c r="D27" s="4" t="s">
+        <v>615</v>
+      </c>
+      <c r="E27" s="12" t="s">
+        <v>81</v>
+      </c>
+      <c r="F27" s="4" t="s">
+        <v>153</v>
+      </c>
+      <c r="G27" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H27" s="12" t="s">
+        <v>153</v>
+      </c>
+      <c r="I27" s="31">
+        <v>1</v>
+      </c>
+      <c r="J27" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K27" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L27" s="15"/>
+      <c r="M27" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A28" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B28" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="C28" s="11">
+        <v>83000277</v>
+      </c>
+      <c r="D28" s="4" t="s">
+        <v>615</v>
+      </c>
+      <c r="E28" s="12" t="s">
+        <v>81</v>
+      </c>
+      <c r="F28" s="4" t="s">
+        <v>154</v>
+      </c>
+      <c r="G28" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H28" s="12" t="s">
+        <v>154</v>
+      </c>
+      <c r="I28" s="31">
+        <v>1</v>
+      </c>
+      <c r="J28" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K28" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L28" s="15"/>
+      <c r="M28" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A29" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B29" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="C29" s="5">
+        <v>83000173</v>
+      </c>
+      <c r="D29" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="E29" s="12" t="s">
+        <v>71</v>
+      </c>
+      <c r="F29" s="4" t="s">
+        <v>117</v>
+      </c>
+      <c r="G29" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H29" s="12" t="s">
+        <v>584</v>
+      </c>
+      <c r="I29" s="31">
+        <v>1</v>
+      </c>
+      <c r="J29" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K29" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L29" s="15"/>
+      <c r="M29" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A30" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B30" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="C30" s="3">
+        <v>83000219</v>
+      </c>
+      <c r="D30" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="E30" s="12" t="s">
+        <v>75</v>
+      </c>
+      <c r="F30" s="4" t="s">
+        <v>117</v>
+      </c>
+      <c r="G30" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H30" s="12" t="s">
+        <v>584</v>
+      </c>
+      <c r="I30" s="31">
+        <v>1</v>
+      </c>
+      <c r="J30" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K30" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L30" s="15"/>
+      <c r="M30" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A31" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="B31" s="4" t="s">
+        <v>167</v>
+      </c>
+      <c r="C31" s="13">
+        <v>82000224</v>
+      </c>
+      <c r="D31" s="4" t="s">
+        <v>205</v>
+      </c>
+      <c r="E31" s="12" t="s">
+        <v>628</v>
+      </c>
+      <c r="F31" s="4" t="s">
+        <v>115</v>
+      </c>
+      <c r="G31" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H31" s="12" t="s">
+        <v>115</v>
+      </c>
+      <c r="I31" s="31">
+        <v>1</v>
+      </c>
+      <c r="J31" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K31" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L31" s="15"/>
+      <c r="M31" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A32" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="B32" s="4" t="s">
+        <v>168</v>
+      </c>
+      <c r="C32" s="13">
+        <v>82003358</v>
+      </c>
+      <c r="D32" s="4" t="s">
+        <v>250</v>
+      </c>
+      <c r="E32" s="4" t="s">
+        <v>251</v>
+      </c>
+      <c r="F32" s="4" t="s">
+        <v>134</v>
+      </c>
+      <c r="G32" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="H32" s="12" t="s">
+        <v>111</v>
+      </c>
+      <c r="I32" s="31">
+        <v>1</v>
+      </c>
+      <c r="J32" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K32" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L32" s="15" t="s">
+        <v>685</v>
+      </c>
+      <c r="M32" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" s="1" customFormat="1" ht="21" x14ac:dyDescent="0.25">
+      <c r="A33" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="B33" s="4" t="s">
+        <v>168</v>
+      </c>
+      <c r="C33" s="11">
+        <v>82003359</v>
+      </c>
+      <c r="D33" s="4" t="s">
+        <v>252</v>
+      </c>
+      <c r="E33" s="4" t="s">
+        <v>251</v>
+      </c>
+      <c r="F33" s="4" t="s">
+        <v>111</v>
+      </c>
+      <c r="G33" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H33" s="12" t="s">
+        <v>111</v>
+      </c>
+      <c r="I33" s="31">
+        <v>1</v>
+      </c>
+      <c r="J33" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K33" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L33" s="15"/>
+      <c r="M33" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A34" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="B34" s="4" t="s">
+        <v>166</v>
+      </c>
+      <c r="C34" s="5">
+        <v>82001342</v>
+      </c>
+      <c r="D34" s="4" t="s">
+        <v>230</v>
+      </c>
+      <c r="E34" s="4" t="s">
+        <v>231</v>
+      </c>
+      <c r="F34" s="4" t="s">
+        <v>132</v>
+      </c>
+      <c r="G34" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="H34" s="12" t="s">
+        <v>111</v>
+      </c>
+      <c r="I34" s="31">
+        <v>1</v>
+      </c>
+      <c r="J34" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K34" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L34" s="15" t="s">
+        <v>683</v>
+      </c>
+      <c r="M34" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" s="1" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+      <c r="A35" s="12" t="s">
+        <v>278</v>
+      </c>
+      <c r="B35" s="12" t="s">
+        <v>298</v>
+      </c>
+      <c r="C35" s="13">
+        <v>82000635</v>
+      </c>
+      <c r="D35" s="12" t="s">
+        <v>634</v>
+      </c>
+      <c r="E35" s="12" t="s">
+        <v>640</v>
+      </c>
+      <c r="F35" s="12" t="s">
+        <v>145</v>
+      </c>
+      <c r="G35" s="12" t="s">
+        <v>163</v>
+      </c>
+      <c r="H35" s="12" t="s">
+        <v>584</v>
+      </c>
+      <c r="I35" s="31">
+        <v>1</v>
+      </c>
+      <c r="J35" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K35" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L35" s="15"/>
+      <c r="M35" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" s="1" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+      <c r="A36" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B36" s="4" t="s">
+        <v>283</v>
+      </c>
+      <c r="C36" s="13">
+        <v>82000708</v>
+      </c>
+      <c r="D36" s="4" t="s">
+        <v>408</v>
+      </c>
+      <c r="E36" s="4" t="s">
+        <v>640</v>
+      </c>
+      <c r="F36" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="G36" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="H36" s="12" t="s">
+        <v>584</v>
+      </c>
+      <c r="I36" s="31">
+        <v>1</v>
+      </c>
+      <c r="J36" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K36" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L36" s="15"/>
+      <c r="M36" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A37" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B37" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C37" s="11">
+        <v>83000871</v>
+      </c>
+      <c r="D37" s="4" t="s">
+        <v>98</v>
+      </c>
+      <c r="E37" s="4" t="s">
+        <v>99</v>
+      </c>
+      <c r="F37" s="4" t="s">
+        <v>140</v>
+      </c>
+      <c r="G37" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H37" s="12" t="s">
+        <v>140</v>
+      </c>
+      <c r="I37" s="31">
+        <v>1</v>
+      </c>
+      <c r="J37" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K37" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L37" s="15"/>
+      <c r="M37" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" s="1" customFormat="1" ht="63" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B38" s="4" t="s">
+        <v>285</v>
+      </c>
+      <c r="C38" s="5">
+        <v>82000173</v>
+      </c>
+      <c r="D38" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="E38" s="4" t="s">
+        <v>324</v>
+      </c>
+      <c r="F38" s="4" t="s">
+        <v>664</v>
+      </c>
+      <c r="G38" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="H38" s="12" t="s">
+        <v>584</v>
+      </c>
+      <c r="I38" s="31">
+        <v>1</v>
+      </c>
+      <c r="J38" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K38" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L38" s="15"/>
+      <c r="M38" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A39" s="12" t="s">
+        <v>11</v>
+      </c>
+      <c r="B39" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="C39" s="11">
+        <v>84000049</v>
+      </c>
+      <c r="D39" s="12" t="s">
+        <v>101</v>
+      </c>
+      <c r="E39" s="12" t="s">
+        <v>57</v>
+      </c>
+      <c r="F39" s="12" t="s">
+        <v>154</v>
+      </c>
+      <c r="G39" s="12" t="s">
+        <v>161</v>
+      </c>
+      <c r="H39" s="12" t="s">
+        <v>154</v>
+      </c>
+      <c r="I39" s="31">
+        <v>1</v>
+      </c>
+      <c r="J39" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K39" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L39" s="15"/>
+      <c r="M39" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A40" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B40" s="4" t="s">
+        <v>302</v>
+      </c>
+      <c r="C40" s="11">
+        <v>82000758</v>
+      </c>
+      <c r="D40" s="4" t="s">
+        <v>415</v>
+      </c>
+      <c r="E40" s="4" t="s">
+        <v>416</v>
+      </c>
+      <c r="F40" s="4" t="s">
+        <v>143</v>
+      </c>
+      <c r="G40" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="H40" s="12" t="s">
+        <v>584</v>
+      </c>
+      <c r="I40" s="31">
+        <v>1</v>
+      </c>
+      <c r="J40" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K40" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L40" s="15"/>
+      <c r="M40" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A41" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B41" s="4" t="s">
+        <v>292</v>
+      </c>
+      <c r="C41" s="13">
+        <v>82000478</v>
+      </c>
+      <c r="D41" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="E41" s="4" t="s">
+        <v>337</v>
+      </c>
+      <c r="F41" s="4" t="s">
+        <v>117</v>
+      </c>
+      <c r="G41" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H41" s="12" t="s">
+        <v>584</v>
+      </c>
+      <c r="I41" s="31">
+        <v>1</v>
+      </c>
+      <c r="J41" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K41" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L41" s="15"/>
+      <c r="M41" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" s="1" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+      <c r="A42" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B42" s="4" t="s">
+        <v>307</v>
+      </c>
+      <c r="C42" s="13">
+        <v>84000438</v>
+      </c>
+      <c r="D42" s="12" t="s">
+        <v>474</v>
+      </c>
+      <c r="E42" s="4" t="s">
+        <v>475</v>
+      </c>
+      <c r="F42" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="G42" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="H42" s="12" t="s">
+        <v>584</v>
+      </c>
+      <c r="I42" s="31">
+        <v>1</v>
+      </c>
+      <c r="J42" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K42" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L42" s="15"/>
+      <c r="M42" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A43" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B43" s="4" t="s">
+        <v>283</v>
+      </c>
+      <c r="C43" s="3">
+        <v>82000574</v>
+      </c>
+      <c r="D43" s="4" t="s">
+        <v>366</v>
+      </c>
+      <c r="E43" s="4" t="s">
+        <v>367</v>
+      </c>
+      <c r="F43" s="4" t="s">
+        <v>147</v>
+      </c>
+      <c r="G43" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="H43" s="12" t="s">
+        <v>584</v>
+      </c>
+      <c r="I43" s="31">
+        <v>1</v>
+      </c>
+      <c r="J43" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K43" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L43" s="15"/>
+      <c r="M43" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A44" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B44" s="4" t="s">
+        <v>280</v>
+      </c>
+      <c r="C44" s="13">
+        <v>82001327</v>
+      </c>
+      <c r="D44" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="E44" s="4" t="s">
+        <v>438</v>
+      </c>
+      <c r="F44" s="4" t="s">
+        <v>144</v>
+      </c>
+      <c r="G44" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="H44" s="12" t="s">
+        <v>584</v>
+      </c>
+      <c r="I44" s="31">
+        <v>1</v>
+      </c>
+      <c r="J44" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K44" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L44" s="15"/>
+      <c r="M44" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" s="1" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+      <c r="A45" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B45" s="4" t="s">
+        <v>283</v>
+      </c>
+      <c r="C45" s="5">
+        <v>82000600</v>
+      </c>
+      <c r="D45" s="4" t="s">
+        <v>635</v>
+      </c>
+      <c r="E45" s="4" t="s">
+        <v>373</v>
+      </c>
+      <c r="F45" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="G45" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="H45" s="12" t="s">
+        <v>584</v>
+      </c>
+      <c r="I45" s="31">
+        <v>1</v>
+      </c>
+      <c r="J45" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K45" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L45" s="15"/>
+      <c r="M45" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A46" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B46" s="4" t="s">
+        <v>284</v>
+      </c>
+      <c r="C46" s="11">
+        <v>84000245</v>
+      </c>
+      <c r="D46" s="4" t="s">
+        <v>469</v>
+      </c>
+      <c r="E46" s="4" t="s">
+        <v>105</v>
+      </c>
+      <c r="F46" s="4" t="s">
+        <v>584</v>
+      </c>
+      <c r="G46" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H46" s="12" t="s">
+        <v>584</v>
+      </c>
+      <c r="I46" s="31">
+        <v>1</v>
+      </c>
+      <c r="J46" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K46" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L46" s="15"/>
+      <c r="M46" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A47" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B47" s="4" t="s">
+        <v>288</v>
+      </c>
+      <c r="C47" s="13">
+        <v>82000602</v>
+      </c>
+      <c r="D47" s="4" t="s">
+        <v>374</v>
+      </c>
+      <c r="E47" s="4" t="s">
+        <v>375</v>
+      </c>
+      <c r="F47" s="4" t="s">
+        <v>621</v>
+      </c>
+      <c r="G47" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="H47" s="12" t="s">
+        <v>584</v>
+      </c>
+      <c r="I47" s="31">
+        <v>1</v>
+      </c>
+      <c r="J47" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K47" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L47" s="15"/>
+      <c r="M47" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A48" s="4" t="s">
+        <v>582</v>
+      </c>
+      <c r="B48" s="4" t="s">
+        <v>519</v>
+      </c>
+      <c r="C48" s="13">
+        <v>82000282</v>
+      </c>
+      <c r="D48" s="4" t="s">
+        <v>528</v>
+      </c>
+      <c r="E48" s="4" t="s">
+        <v>529</v>
+      </c>
+      <c r="F48" s="4" t="s">
+        <v>148</v>
+      </c>
+      <c r="G48" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="H48" s="12" t="s">
+        <v>584</v>
+      </c>
+      <c r="I48" s="31">
+        <v>1</v>
+      </c>
+      <c r="J48" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K48" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L48" s="15"/>
+      <c r="M48" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A49" s="4" t="s">
+        <v>582</v>
+      </c>
+      <c r="B49" s="4" t="s">
+        <v>519</v>
+      </c>
+      <c r="C49" s="13">
+        <v>82000282</v>
+      </c>
+      <c r="D49" s="4" t="s">
+        <v>528</v>
+      </c>
+      <c r="E49" s="4" t="s">
+        <v>529</v>
+      </c>
+      <c r="F49" s="4" t="s">
+        <v>619</v>
+      </c>
+      <c r="G49" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="H49" s="12" t="s">
+        <v>584</v>
+      </c>
+      <c r="I49" s="31">
+        <v>1</v>
+      </c>
+      <c r="J49" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K49" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L49" s="15"/>
+      <c r="M49" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A50" s="4" t="s">
+        <v>582</v>
+      </c>
+      <c r="B50" s="4" t="s">
+        <v>519</v>
+      </c>
+      <c r="C50" s="13">
+        <v>82000379</v>
+      </c>
+      <c r="D50" s="4" t="s">
+        <v>546</v>
+      </c>
+      <c r="E50" s="4" t="s">
+        <v>547</v>
+      </c>
+      <c r="F50" s="4" t="s">
+        <v>142</v>
+      </c>
+      <c r="G50" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="H50" s="12" t="s">
+        <v>127</v>
+      </c>
+      <c r="I50" s="31">
+        <v>1</v>
+      </c>
+      <c r="J50" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K50" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L50" s="15" t="s">
+        <v>692</v>
+      </c>
+      <c r="M50" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A51" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B51" s="4" t="s">
+        <v>295</v>
+      </c>
+      <c r="C51" s="5">
+        <v>84000024</v>
+      </c>
+      <c r="D51" s="4" t="s">
+        <v>101</v>
+      </c>
+      <c r="E51" s="4" t="s">
+        <v>449</v>
+      </c>
+      <c r="F51" s="4" t="s">
+        <v>154</v>
+      </c>
+      <c r="G51" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H51" s="12" t="s">
+        <v>154</v>
+      </c>
+      <c r="I51" s="31">
+        <v>1</v>
+      </c>
+      <c r="J51" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K51" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L51" s="15"/>
+      <c r="M51" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A52" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B52" s="4" t="s">
+        <v>288</v>
+      </c>
+      <c r="C52" s="13">
+        <v>82003491</v>
+      </c>
+      <c r="D52" s="4" t="s">
+        <v>463</v>
+      </c>
+      <c r="E52" s="4" t="s">
+        <v>464</v>
+      </c>
+      <c r="F52" s="4" t="s">
+        <v>130</v>
+      </c>
+      <c r="G52" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H52" s="12" t="s">
+        <v>130</v>
+      </c>
+      <c r="I52" s="31">
+        <v>1</v>
+      </c>
+      <c r="J52" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K52" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L52" s="15"/>
+      <c r="M52" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A53" s="4" t="s">
+        <v>582</v>
+      </c>
+      <c r="B53" s="4" t="s">
+        <v>519</v>
+      </c>
+      <c r="C53" s="11">
+        <v>82000391</v>
+      </c>
+      <c r="D53" s="4" t="s">
+        <v>553</v>
+      </c>
+      <c r="E53" s="9" t="s">
+        <v>706</v>
+      </c>
+      <c r="F53" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="G53" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H53" s="12" t="s">
+        <v>113</v>
+      </c>
+      <c r="I53" s="31">
+        <v>1</v>
+      </c>
+      <c r="J53" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K53" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L53" s="15"/>
+      <c r="M53" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A54" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B54" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="C54" s="3">
+        <v>83000383</v>
+      </c>
+      <c r="D54" s="4" t="s">
+        <v>86</v>
+      </c>
+      <c r="E54" s="4" t="s">
+        <v>87</v>
+      </c>
+      <c r="F54" s="4" t="s">
+        <v>110</v>
+      </c>
+      <c r="G54" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H54" s="12" t="s">
+        <v>110</v>
+      </c>
+      <c r="I54" s="31">
+        <v>1</v>
+      </c>
+      <c r="J54" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K54" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L54" s="15"/>
+      <c r="M54" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A55" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B55" s="4" t="s">
+        <v>285</v>
+      </c>
+      <c r="C55" s="13">
+        <v>82000614</v>
+      </c>
+      <c r="D55" s="4" t="s">
+        <v>378</v>
+      </c>
+      <c r="E55" s="4" t="s">
+        <v>379</v>
+      </c>
+      <c r="F55" s="4" t="s">
+        <v>110</v>
+      </c>
+      <c r="G55" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H55" s="12" t="s">
+        <v>110</v>
+      </c>
+      <c r="I55" s="31">
+        <v>1</v>
+      </c>
+      <c r="J55" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K55" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L55" s="15"/>
+      <c r="M55" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A56" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B56" s="4" t="s">
+        <v>298</v>
+      </c>
+      <c r="C56" s="13">
+        <v>82000654</v>
+      </c>
+      <c r="D56" s="4" t="s">
+        <v>591</v>
+      </c>
+      <c r="E56" s="4" t="s">
+        <v>390</v>
+      </c>
+      <c r="F56" s="4" t="s">
+        <v>110</v>
+      </c>
+      <c r="G56" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H56" s="12" t="s">
+        <v>110</v>
+      </c>
+      <c r="I56" s="31">
+        <v>1</v>
+      </c>
+      <c r="J56" s="15" t="s">
+        <v>707</v>
+      </c>
+      <c r="K56" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L56" s="15" t="s">
+        <v>712</v>
+      </c>
+      <c r="M56" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A57" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B57" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="C57" s="3">
+        <v>83000409</v>
+      </c>
+      <c r="D57" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="E57" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="F57" s="4" t="s">
+        <v>115</v>
+      </c>
+      <c r="G57" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H57" s="12" t="s">
+        <v>115</v>
+      </c>
+      <c r="I57" s="31">
+        <v>1</v>
+      </c>
+      <c r="J57" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K57" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L57" s="15"/>
+      <c r="M57" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A58" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="B58" s="4" t="s">
+        <v>171</v>
+      </c>
+      <c r="C58" s="13">
+        <v>84000417</v>
+      </c>
+      <c r="D58" s="4" t="s">
+        <v>269</v>
+      </c>
+      <c r="E58" s="4" t="s">
+        <v>609</v>
+      </c>
+      <c r="F58" s="4" t="s">
+        <v>118</v>
+      </c>
+      <c r="G58" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="H58" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="I58" s="31">
+        <v>1</v>
+      </c>
+      <c r="J58" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K58" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L58" s="15"/>
+      <c r="M58" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" s="1" customFormat="1" ht="21" x14ac:dyDescent="0.25">
+      <c r="A59" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="B59" s="4" t="s">
+        <v>168</v>
+      </c>
+      <c r="C59" s="11">
+        <v>84000376</v>
+      </c>
+      <c r="D59" s="4" t="s">
+        <v>268</v>
+      </c>
+      <c r="E59" s="4" t="s">
+        <v>202</v>
+      </c>
+      <c r="F59" s="4" t="s">
+        <v>160</v>
+      </c>
+      <c r="G59" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H59" s="12" t="s">
+        <v>160</v>
+      </c>
+      <c r="I59" s="31">
+        <v>1</v>
+      </c>
+      <c r="J59" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K59" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L59" s="15"/>
+      <c r="M59" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A60" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="B60" s="4" t="s">
+        <v>168</v>
+      </c>
+      <c r="C60" s="5">
+        <v>82000203</v>
+      </c>
+      <c r="D60" s="4" t="s">
+        <v>201</v>
+      </c>
+      <c r="E60" s="4" t="s">
+        <v>202</v>
+      </c>
+      <c r="F60" s="4" t="s">
+        <v>130</v>
+      </c>
+      <c r="G60" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H60" s="12" t="s">
+        <v>130</v>
+      </c>
+      <c r="I60" s="31">
+        <v>1</v>
+      </c>
+      <c r="J60" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K60" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L60" s="15"/>
+      <c r="M60" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A61" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B61" s="4" t="s">
+        <v>286</v>
+      </c>
+      <c r="C61" s="5">
+        <v>82000179</v>
+      </c>
+      <c r="D61" s="4" t="s">
+        <v>325</v>
+      </c>
+      <c r="E61" s="4" t="s">
+        <v>326</v>
+      </c>
+      <c r="F61" s="4" t="s">
+        <v>115</v>
+      </c>
+      <c r="G61" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H61" s="12" t="s">
+        <v>115</v>
+      </c>
+      <c r="I61" s="31">
+        <v>1</v>
+      </c>
+      <c r="J61" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K61" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L61" s="15"/>
+      <c r="M61" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" s="1" customFormat="1" ht="21" x14ac:dyDescent="0.25">
+      <c r="A62" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B62" s="4" t="s">
+        <v>293</v>
+      </c>
+      <c r="C62" s="11">
+        <v>82000495</v>
+      </c>
+      <c r="D62" s="4" t="s">
+        <v>340</v>
+      </c>
+      <c r="E62" s="4" t="s">
+        <v>341</v>
+      </c>
+      <c r="F62" s="4" t="s">
+        <v>115</v>
+      </c>
+      <c r="G62" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H62" s="12" t="s">
+        <v>115</v>
+      </c>
+      <c r="I62" s="31">
+        <v>1</v>
+      </c>
+      <c r="J62" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K62" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L62" s="15"/>
+      <c r="M62" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A63" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B63" s="4" t="s">
+        <v>288</v>
+      </c>
+      <c r="C63" s="11">
+        <v>82000695</v>
+      </c>
+      <c r="D63" s="4" t="s">
+        <v>592</v>
+      </c>
+      <c r="E63" s="4" t="s">
+        <v>404</v>
+      </c>
+      <c r="F63" s="4" t="s">
+        <v>115</v>
+      </c>
+      <c r="G63" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H63" s="12" t="s">
+        <v>115</v>
+      </c>
+      <c r="I63" s="31">
+        <v>1</v>
+      </c>
+      <c r="J63" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K63" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L63" s="15"/>
+      <c r="M63" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A64" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B64" s="4" t="s">
+        <v>286</v>
+      </c>
+      <c r="C64" s="3">
+        <v>82001270</v>
+      </c>
+      <c r="D64" s="4" t="s">
+        <v>331</v>
+      </c>
+      <c r="E64" s="4" t="s">
+        <v>435</v>
+      </c>
+      <c r="F64" s="4" t="s">
+        <v>115</v>
+      </c>
+      <c r="G64" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H64" s="12" t="s">
+        <v>115</v>
+      </c>
+      <c r="I64" s="31">
+        <v>1</v>
+      </c>
+      <c r="J64" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K64" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L64" s="15"/>
+      <c r="M64" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A65" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B65" s="4" t="s">
+        <v>290</v>
+      </c>
+      <c r="C65" s="13">
+        <v>82000412</v>
+      </c>
+      <c r="D65" s="4" t="s">
+        <v>331</v>
+      </c>
+      <c r="E65" s="4" t="s">
+        <v>332</v>
+      </c>
+      <c r="F65" s="12" t="s">
+        <v>115</v>
+      </c>
+      <c r="G65" s="12" t="s">
+        <v>161</v>
+      </c>
+      <c r="H65" s="12" t="s">
+        <v>115</v>
+      </c>
+      <c r="I65" s="31">
+        <v>1</v>
+      </c>
+      <c r="J65" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K65" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L65" s="15"/>
+      <c r="M65" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A66" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="B66" s="4" t="s">
+        <v>168</v>
+      </c>
+      <c r="C66" s="11">
+        <v>82003469</v>
+      </c>
+      <c r="D66" s="4" t="s">
+        <v>260</v>
+      </c>
+      <c r="E66" s="4" t="s">
+        <v>261</v>
+      </c>
+      <c r="F66" s="11" t="s">
+        <v>132</v>
+      </c>
+      <c r="G66" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="H66" s="12" t="s">
+        <v>111</v>
+      </c>
+      <c r="I66" s="31">
+        <v>1</v>
+      </c>
+      <c r="J66" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K66" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L66" s="15" t="s">
+        <v>683</v>
+      </c>
+      <c r="M66" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A67" s="4" t="s">
+        <v>582</v>
+      </c>
+      <c r="B67" s="4" t="s">
+        <v>519</v>
+      </c>
+      <c r="C67" s="13">
+        <v>82001310</v>
+      </c>
+      <c r="D67" s="4" t="s">
+        <v>567</v>
+      </c>
+      <c r="E67" s="4" t="s">
+        <v>568</v>
+      </c>
+      <c r="F67" s="4" t="s">
+        <v>157</v>
+      </c>
+      <c r="G67" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H67" s="12" t="s">
+        <v>157</v>
+      </c>
+      <c r="I67" s="31">
+        <v>1</v>
+      </c>
+      <c r="J67" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K67" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L67" s="15"/>
+      <c r="M67" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A68" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B68" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="C68" s="13">
+        <v>83000504</v>
+      </c>
+      <c r="D68" s="4" t="s">
+        <v>94</v>
+      </c>
+      <c r="E68" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="F68" s="4" t="s">
+        <v>123</v>
+      </c>
+      <c r="G68" s="4" t="s">
+        <v>162</v>
+      </c>
+      <c r="H68" s="12" t="s">
+        <v>164</v>
+      </c>
+      <c r="I68" s="31">
+        <v>1</v>
+      </c>
+      <c r="J68" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K68" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L68" s="15" t="s">
+        <v>678</v>
+      </c>
+      <c r="M68" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A69" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B69" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="C69" s="11">
+        <v>84000556</v>
+      </c>
+      <c r="D69" s="4" t="s">
+        <v>106</v>
+      </c>
+      <c r="E69" s="4" t="s">
+        <v>107</v>
+      </c>
+      <c r="F69" s="4" t="s">
+        <v>123</v>
+      </c>
+      <c r="G69" s="4" t="s">
+        <v>162</v>
+      </c>
+      <c r="H69" s="12" t="s">
+        <v>164</v>
+      </c>
+      <c r="I69" s="31">
+        <v>1</v>
+      </c>
+      <c r="J69" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K69" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L69" s="15"/>
+      <c r="M69" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A70" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B70" s="4" t="s">
+        <v>288</v>
+      </c>
+      <c r="C70" s="11">
+        <v>82000692</v>
+      </c>
+      <c r="D70" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="E70" s="4" t="s">
+        <v>402</v>
+      </c>
+      <c r="F70" s="4" t="s">
+        <v>123</v>
+      </c>
+      <c r="G70" s="4" t="s">
+        <v>162</v>
+      </c>
+      <c r="H70" s="12" t="s">
+        <v>164</v>
+      </c>
+      <c r="I70" s="31">
+        <v>1</v>
+      </c>
+      <c r="J70" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K70" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L70" s="15"/>
+      <c r="M70" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A71" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B71" s="4" t="s">
+        <v>283</v>
+      </c>
+      <c r="C71" s="11">
+        <v>82000130</v>
+      </c>
+      <c r="D71" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="E71" s="4" t="s">
+        <v>319</v>
+      </c>
+      <c r="F71" s="4" t="s">
+        <v>123</v>
+      </c>
+      <c r="G71" s="4" t="s">
+        <v>162</v>
+      </c>
+      <c r="H71" s="12" t="s">
+        <v>164</v>
+      </c>
+      <c r="I71" s="31">
+        <v>1</v>
+      </c>
+      <c r="J71" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K71" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L71" s="15"/>
+      <c r="M71" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A72" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B72" s="4" t="s">
+        <v>297</v>
+      </c>
+      <c r="C72" s="13">
+        <v>82001167</v>
+      </c>
+      <c r="D72" s="4" t="s">
+        <v>429</v>
+      </c>
+      <c r="E72" s="4" t="s">
+        <v>430</v>
+      </c>
+      <c r="F72" s="4" t="s">
+        <v>164</v>
+      </c>
+      <c r="G72" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H72" s="12" t="s">
+        <v>164</v>
+      </c>
+      <c r="I72" s="31">
+        <v>1</v>
+      </c>
+      <c r="J72" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K72" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L72" s="15"/>
+      <c r="M72" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A73" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B73" s="4" t="s">
+        <v>292</v>
+      </c>
+      <c r="C73" s="13">
+        <v>82002386</v>
+      </c>
+      <c r="D73" s="4" t="s">
+        <v>456</v>
+      </c>
+      <c r="E73" s="4" t="s">
+        <v>457</v>
+      </c>
+      <c r="F73" s="4" t="s">
+        <v>110</v>
+      </c>
+      <c r="G73" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H73" s="12" t="s">
+        <v>110</v>
+      </c>
+      <c r="I73" s="31">
+        <v>1</v>
+      </c>
+      <c r="J73" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K73" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L73" s="15"/>
+      <c r="M73" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A74" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B74" s="4" t="s">
+        <v>283</v>
+      </c>
+      <c r="C74" s="3">
+        <v>82000574</v>
+      </c>
+      <c r="D74" s="4" t="s">
+        <v>366</v>
+      </c>
+      <c r="E74" s="4" t="s">
+        <v>367</v>
+      </c>
+      <c r="F74" s="4" t="s">
+        <v>164</v>
+      </c>
+      <c r="G74" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H74" s="12" t="s">
+        <v>164</v>
+      </c>
+      <c r="I74" s="31">
+        <v>1</v>
+      </c>
+      <c r="J74" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K74" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L74" s="15"/>
+      <c r="M74" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A75" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B75" s="4" t="s">
+        <v>283</v>
+      </c>
+      <c r="C75" s="5">
+        <v>84000668</v>
+      </c>
+      <c r="D75" s="4" t="s">
+        <v>494</v>
+      </c>
+      <c r="E75" s="4" t="s">
+        <v>495</v>
+      </c>
+      <c r="F75" s="4" t="s">
+        <v>110</v>
+      </c>
+      <c r="G75" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H75" s="12" t="s">
+        <v>110</v>
+      </c>
+      <c r="I75" s="31">
+        <v>1</v>
+      </c>
+      <c r="J75" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K75" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L75" s="15"/>
+      <c r="M75" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A76" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B76" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="C76" s="11">
+        <v>84000048</v>
+      </c>
+      <c r="D76" s="4" t="s">
+        <v>100</v>
+      </c>
+      <c r="E76" s="4" t="s">
+        <v>89</v>
+      </c>
+      <c r="F76" s="4" t="s">
+        <v>157</v>
+      </c>
+      <c r="G76" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H76" s="12" t="s">
+        <v>157</v>
+      </c>
+      <c r="I76" s="31">
+        <v>1</v>
+      </c>
+      <c r="J76" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K76" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L76" s="15"/>
+      <c r="M76" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A77" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="B77" s="4" t="s">
+        <v>168</v>
+      </c>
+      <c r="C77" s="11">
+        <v>82000167</v>
+      </c>
+      <c r="D77" s="4" t="s">
+        <v>188</v>
+      </c>
+      <c r="E77" s="4" t="s">
+        <v>189</v>
+      </c>
+      <c r="F77" s="4" t="s">
+        <v>147</v>
+      </c>
+      <c r="G77" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="H77" s="12" t="s">
+        <v>584</v>
+      </c>
+      <c r="I77" s="31">
+        <v>1</v>
+      </c>
+      <c r="J77" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K77" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L77" s="15"/>
+      <c r="M77" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A78" s="4" t="s">
+        <v>582</v>
+      </c>
+      <c r="B78" s="4" t="s">
+        <v>519</v>
+      </c>
+      <c r="C78" s="3" t="s">
+        <v>524</v>
+      </c>
+      <c r="D78" s="4" t="s">
+        <v>645</v>
+      </c>
+      <c r="E78" s="4" t="s">
+        <v>579</v>
+      </c>
+      <c r="F78" s="4" t="s">
+        <v>132</v>
+      </c>
+      <c r="G78" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="H78" s="15" t="s">
+        <v>111</v>
+      </c>
+      <c r="I78" s="31">
+        <v>1</v>
+      </c>
+      <c r="J78" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K78" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L78" s="15" t="s">
+        <v>691</v>
+      </c>
+      <c r="M78" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A79" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B79" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="C79" s="13">
+        <v>83000022</v>
+      </c>
+      <c r="D79" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="E79" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="F79" s="4" t="s">
+        <v>125</v>
+      </c>
+      <c r="G79" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="H79" s="12" t="s">
+        <v>124</v>
+      </c>
+      <c r="I79" s="31">
+        <v>1</v>
+      </c>
+      <c r="J79" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K79" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L79" s="15" t="s">
+        <v>682</v>
+      </c>
+      <c r="M79" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" s="1" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+      <c r="A80" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="B80" s="4" t="s">
+        <v>168</v>
+      </c>
+      <c r="C80" s="11" t="s">
+        <v>623</v>
+      </c>
+      <c r="D80" s="4" t="s">
+        <v>613</v>
+      </c>
+      <c r="E80" s="4" t="s">
+        <v>631</v>
+      </c>
+      <c r="F80" s="4" t="s">
+        <v>159</v>
+      </c>
+      <c r="G80" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="H80" s="12" t="s">
+        <v>694</v>
+      </c>
+      <c r="I80" s="31">
+        <v>1</v>
+      </c>
+      <c r="J80" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K80" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L80" s="15"/>
+      <c r="M80" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A81" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="B81" s="4" t="s">
+        <v>168</v>
+      </c>
+      <c r="C81" s="11">
+        <v>82000199</v>
+      </c>
+      <c r="D81" s="4" t="s">
+        <v>197</v>
+      </c>
+      <c r="E81" s="4" t="s">
+        <v>198</v>
+      </c>
+      <c r="F81" s="4" t="s">
+        <v>124</v>
+      </c>
+      <c r="G81" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H81" s="12" t="s">
+        <v>124</v>
+      </c>
+      <c r="I81" s="31">
+        <v>1</v>
+      </c>
+      <c r="J81" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K81" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L81" s="15"/>
+      <c r="M81" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A82" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B82" s="4" t="s">
+        <v>298</v>
+      </c>
+      <c r="C82" s="5">
+        <v>82000665</v>
+      </c>
+      <c r="D82" s="4" t="s">
+        <v>393</v>
+      </c>
+      <c r="E82" s="4" t="s">
+        <v>394</v>
+      </c>
+      <c r="F82" s="4" t="s">
+        <v>124</v>
+      </c>
+      <c r="G82" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H82" s="12" t="s">
+        <v>124</v>
+      </c>
+      <c r="I82" s="31">
+        <v>1</v>
+      </c>
+      <c r="J82" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K82" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L82" s="15"/>
+      <c r="M82" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A83" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B83" s="4" t="s">
+        <v>285</v>
+      </c>
+      <c r="C83" s="13">
+        <v>82000171</v>
+      </c>
+      <c r="D83" s="4" t="s">
+        <v>322</v>
+      </c>
+      <c r="E83" s="4" t="s">
+        <v>323</v>
+      </c>
+      <c r="F83" s="4" t="s">
+        <v>124</v>
+      </c>
+      <c r="G83" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H83" s="12" t="s">
+        <v>124</v>
+      </c>
+      <c r="I83" s="31">
+        <v>1</v>
+      </c>
+      <c r="J83" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K83" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L83" s="15"/>
+      <c r="M83" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A84" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B84" s="4" t="s">
+        <v>288</v>
+      </c>
+      <c r="C84" s="13">
+        <v>82000681</v>
+      </c>
+      <c r="D84" s="4" t="s">
+        <v>344</v>
+      </c>
+      <c r="E84" s="4" t="s">
+        <v>398</v>
+      </c>
+      <c r="F84" s="4" t="s">
+        <v>124</v>
+      </c>
+      <c r="G84" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H84" s="12" t="s">
+        <v>124</v>
+      </c>
+      <c r="I84" s="31">
+        <v>1</v>
+      </c>
+      <c r="J84" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K84" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L84" s="15"/>
+      <c r="M84" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A85" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B85" s="4" t="s">
+        <v>295</v>
+      </c>
+      <c r="C85" s="11">
+        <v>82000525</v>
+      </c>
+      <c r="D85" s="4" t="s">
+        <v>344</v>
+      </c>
+      <c r="E85" s="4" t="s">
+        <v>345</v>
+      </c>
+      <c r="F85" s="4" t="s">
+        <v>124</v>
+      </c>
+      <c r="G85" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H85" s="12" t="s">
+        <v>124</v>
+      </c>
+      <c r="I85" s="31">
+        <v>1</v>
+      </c>
+      <c r="J85" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K85" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L85" s="15"/>
+      <c r="M85" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A86" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B86" s="4" t="s">
+        <v>286</v>
+      </c>
+      <c r="C86" s="5">
+        <v>82000561</v>
+      </c>
+      <c r="D86" s="4" t="s">
+        <v>358</v>
+      </c>
+      <c r="E86" s="4" t="s">
+        <v>359</v>
+      </c>
+      <c r="F86" s="4" t="s">
+        <v>124</v>
+      </c>
+      <c r="G86" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H86" s="12" t="s">
+        <v>124</v>
+      </c>
+      <c r="I86" s="31">
+        <v>1</v>
+      </c>
+      <c r="J86" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K86" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L86" s="15"/>
+      <c r="M86" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A87" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B87" s="4" t="s">
+        <v>288</v>
+      </c>
+      <c r="C87" s="11">
+        <v>82000629</v>
+      </c>
+      <c r="D87" s="4" t="s">
+        <v>344</v>
+      </c>
+      <c r="E87" s="4" t="s">
+        <v>382</v>
+      </c>
+      <c r="F87" s="4" t="s">
+        <v>124</v>
+      </c>
+      <c r="G87" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H87" s="12" t="s">
+        <v>124</v>
+      </c>
+      <c r="I87" s="31">
+        <v>1</v>
+      </c>
+      <c r="J87" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K87" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L87" s="15"/>
+      <c r="M87" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A88" s="12" t="s">
+        <v>165</v>
+      </c>
+      <c r="B88" s="12" t="s">
+        <v>168</v>
+      </c>
+      <c r="C88" s="11">
+        <v>82002178</v>
+      </c>
+      <c r="D88" s="12" t="s">
+        <v>243</v>
+      </c>
+      <c r="E88" s="12" t="s">
+        <v>244</v>
+      </c>
+      <c r="F88" s="12" t="s">
+        <v>277</v>
+      </c>
+      <c r="G88" s="12" t="s">
+        <v>162</v>
+      </c>
+      <c r="H88" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="I88" s="31">
+        <v>1</v>
+      </c>
+      <c r="J88" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K88" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L88" s="15"/>
+      <c r="M88" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A89" s="4" t="s">
+        <v>582</v>
+      </c>
+      <c r="B89" s="4" t="s">
+        <v>519</v>
+      </c>
+      <c r="C89" s="11">
+        <v>82000284</v>
+      </c>
+      <c r="D89" s="4" t="s">
+        <v>532</v>
+      </c>
+      <c r="E89" s="4" t="s">
+        <v>533</v>
+      </c>
+      <c r="F89" s="4" t="s">
+        <v>119</v>
+      </c>
+      <c r="G89" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="H89" s="12" t="s">
+        <v>116</v>
+      </c>
+      <c r="I89" s="31">
+        <v>1</v>
+      </c>
+      <c r="J89" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K89" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L89" s="15" t="s">
+        <v>696</v>
+      </c>
+      <c r="M89" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A90" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B90" s="4" t="s">
+        <v>288</v>
+      </c>
+      <c r="C90" s="13">
+        <v>82000683</v>
+      </c>
+      <c r="D90" s="4" t="s">
+        <v>213</v>
+      </c>
+      <c r="E90" s="4" t="s">
+        <v>399</v>
+      </c>
+      <c r="F90" s="4" t="s">
+        <v>156</v>
+      </c>
+      <c r="G90" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H90" s="12" t="s">
+        <v>156</v>
+      </c>
+      <c r="I90" s="31">
+        <v>1</v>
+      </c>
+      <c r="J90" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K90" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L90" s="15"/>
+      <c r="M90" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A91" s="4" t="s">
+        <v>582</v>
+      </c>
+      <c r="B91" s="4" t="s">
+        <v>519</v>
+      </c>
+      <c r="C91" s="3">
+        <v>82000284</v>
+      </c>
+      <c r="D91" s="4" t="s">
+        <v>532</v>
+      </c>
+      <c r="E91" s="4" t="s">
+        <v>533</v>
+      </c>
+      <c r="F91" s="4" t="s">
+        <v>121</v>
+      </c>
+      <c r="G91" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="H91" s="12" t="s">
+        <v>116</v>
+      </c>
+      <c r="I91" s="31">
+        <v>1</v>
+      </c>
+      <c r="J91" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K91" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L91" s="15" t="s">
+        <v>698</v>
+      </c>
+      <c r="M91" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A92" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B92" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="C92" s="13">
+        <v>83000061</v>
+      </c>
+      <c r="D92" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="E92" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="F92" s="4" t="s">
+        <v>141</v>
+      </c>
+      <c r="G92" s="4" t="s">
+        <v>162</v>
+      </c>
+      <c r="H92" s="12" t="s">
+        <v>116</v>
+      </c>
+      <c r="I92" s="31">
+        <v>1</v>
+      </c>
+      <c r="J92" s="15" t="s">
+        <v>649</v>
+      </c>
+      <c r="K92" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L92" s="15" t="s">
+        <v>673</v>
+      </c>
+      <c r="M92" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A93" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="B93" s="4" t="s">
+        <v>168</v>
+      </c>
+      <c r="C93" s="11">
+        <v>82000109</v>
+      </c>
+      <c r="D93" s="4" t="s">
+        <v>176</v>
+      </c>
+      <c r="E93" s="4" t="s">
+        <v>177</v>
+      </c>
+      <c r="F93" s="4" t="s">
+        <v>152</v>
+      </c>
+      <c r="G93" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H93" s="12" t="s">
+        <v>152</v>
+      </c>
+      <c r="I93" s="31">
+        <v>1</v>
+      </c>
+      <c r="J93" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K93" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L93" s="15"/>
+      <c r="M93" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A94" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="B94" s="4" t="s">
+        <v>168</v>
+      </c>
+      <c r="C94" s="11">
+        <v>82003363</v>
+      </c>
+      <c r="D94" s="4" t="s">
+        <v>257</v>
+      </c>
+      <c r="E94" s="4" t="s">
+        <v>258</v>
+      </c>
+      <c r="F94" s="4" t="s">
+        <v>110</v>
+      </c>
+      <c r="G94" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H94" s="12" t="s">
+        <v>110</v>
+      </c>
+      <c r="I94" s="31">
+        <v>1</v>
+      </c>
+      <c r="J94" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K94" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L94" s="15" t="s">
+        <v>669</v>
+      </c>
+      <c r="M94" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="95" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A95" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B95" s="4" t="s">
+        <v>288</v>
+      </c>
+      <c r="C95" s="11">
+        <v>84000692</v>
+      </c>
+      <c r="D95" s="4" t="s">
+        <v>508</v>
+      </c>
+      <c r="E95" s="4" t="s">
+        <v>509</v>
+      </c>
+      <c r="F95" s="4" t="s">
+        <v>129</v>
+      </c>
+      <c r="G95" s="4" t="s">
+        <v>162</v>
+      </c>
+      <c r="H95" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="I95" s="31">
+        <v>1</v>
+      </c>
+      <c r="J95" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K95" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L95" s="15"/>
+      <c r="M95" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A96" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="B96" s="4" t="s">
+        <v>173</v>
+      </c>
+      <c r="C96" s="11">
+        <v>82000898</v>
+      </c>
+      <c r="D96" s="4" t="s">
+        <v>214</v>
+      </c>
+      <c r="E96" s="4" t="s">
+        <v>215</v>
+      </c>
+      <c r="F96" s="4" t="s">
+        <v>129</v>
+      </c>
+      <c r="G96" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H96" s="12" t="s">
+        <v>129</v>
+      </c>
+      <c r="I96" s="31">
+        <v>1</v>
+      </c>
+      <c r="J96" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K96" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L96" s="15"/>
+      <c r="M96" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A97" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="B97" s="4" t="s">
+        <v>168</v>
+      </c>
+      <c r="C97" s="3">
+        <v>82003365</v>
+      </c>
+      <c r="D97" s="4" t="s">
+        <v>625</v>
+      </c>
+      <c r="E97" s="4" t="s">
+        <v>259</v>
+      </c>
+      <c r="F97" s="4" t="s">
+        <v>115</v>
+      </c>
+      <c r="G97" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H97" s="12" t="s">
+        <v>115</v>
+      </c>
+      <c r="I97" s="31">
+        <v>1</v>
+      </c>
+      <c r="J97" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K97" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L97" s="15"/>
+      <c r="M97" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="98" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A98" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B98" s="4" t="s">
+        <v>288</v>
+      </c>
+      <c r="C98" s="11">
+        <v>82000685</v>
+      </c>
+      <c r="D98" s="4" t="s">
+        <v>400</v>
+      </c>
+      <c r="E98" s="4" t="s">
+        <v>401</v>
+      </c>
+      <c r="F98" s="4" t="s">
+        <v>116</v>
+      </c>
+      <c r="G98" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H98" s="12" t="s">
+        <v>116</v>
+      </c>
+      <c r="I98" s="31">
+        <v>1</v>
+      </c>
+      <c r="J98" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K98" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L98" s="15"/>
+      <c r="M98" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13" s="1" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+      <c r="A99" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B99" s="4" t="s">
+        <v>288</v>
+      </c>
+      <c r="C99" s="13">
+        <v>82000685</v>
+      </c>
+      <c r="D99" s="4" t="s">
+        <v>400</v>
+      </c>
+      <c r="E99" s="4" t="s">
+        <v>401</v>
+      </c>
+      <c r="F99" s="4" t="s">
+        <v>122</v>
+      </c>
+      <c r="G99" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="H99" s="12" t="s">
+        <v>116</v>
+      </c>
+      <c r="I99" s="31">
+        <v>1</v>
+      </c>
+      <c r="J99" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K99" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L99" s="15" t="s">
+        <v>697</v>
+      </c>
+      <c r="M99" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A100" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B100" s="4" t="s">
+        <v>298</v>
+      </c>
+      <c r="C100" s="13">
+        <v>82002387</v>
+      </c>
+      <c r="D100" s="4" t="s">
+        <v>458</v>
+      </c>
+      <c r="E100" s="4" t="s">
+        <v>401</v>
+      </c>
+      <c r="F100" s="4" t="s">
+        <v>116</v>
+      </c>
+      <c r="G100" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H100" s="12" t="s">
+        <v>116</v>
+      </c>
+      <c r="I100" s="31">
+        <v>1</v>
+      </c>
+      <c r="J100" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K100" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L100" s="15"/>
+      <c r="M100" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="101" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A101" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B101" s="4" t="s">
+        <v>292</v>
+      </c>
+      <c r="C101" s="5">
+        <v>82000473</v>
+      </c>
+      <c r="D101" s="4" t="s">
+        <v>335</v>
+      </c>
+      <c r="E101" s="4" t="s">
+        <v>637</v>
+      </c>
+      <c r="F101" s="4" t="s">
+        <v>116</v>
+      </c>
+      <c r="G101" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H101" s="12" t="s">
+        <v>116</v>
+      </c>
+      <c r="I101" s="31">
+        <v>1</v>
+      </c>
+      <c r="J101" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K101" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L101" s="15"/>
+      <c r="M101" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="102" spans="1:13" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A102" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B102" s="4" t="s">
+        <v>284</v>
+      </c>
+      <c r="C102" s="5">
+        <v>82000715</v>
+      </c>
+      <c r="D102" s="4" t="s">
+        <v>409</v>
+      </c>
+      <c r="E102" s="4" t="s">
+        <v>410</v>
+      </c>
+      <c r="F102" s="4" t="s">
+        <v>119</v>
+      </c>
+      <c r="G102" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="H102" s="12" t="s">
+        <v>116</v>
+      </c>
+      <c r="I102" s="31">
+        <v>1</v>
+      </c>
+      <c r="J102" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K102" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L102" s="15" t="s">
+        <v>696</v>
+      </c>
+      <c r="M102" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="103" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A103" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B103" s="4" t="s">
+        <v>284</v>
+      </c>
+      <c r="C103" s="5">
+        <v>82000733</v>
+      </c>
+      <c r="D103" s="4" t="s">
+        <v>411</v>
+      </c>
+      <c r="E103" s="4" t="s">
+        <v>410</v>
+      </c>
+      <c r="F103" s="4" t="s">
+        <v>116</v>
+      </c>
+      <c r="G103" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H103" s="12" t="s">
+        <v>116</v>
+      </c>
+      <c r="I103" s="31">
+        <v>1</v>
+      </c>
+      <c r="J103" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K103" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L103" s="15"/>
+      <c r="M103" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="104" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A104" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B104" s="4" t="s">
+        <v>284</v>
+      </c>
+      <c r="C104" s="5">
+        <v>82001159</v>
+      </c>
+      <c r="D104" s="4" t="s">
+        <v>425</v>
+      </c>
+      <c r="E104" s="4" t="s">
+        <v>426</v>
+      </c>
+      <c r="F104" s="4" t="s">
+        <v>116</v>
+      </c>
+      <c r="G104" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H104" s="12" t="s">
+        <v>116</v>
+      </c>
+      <c r="I104" s="31">
+        <v>1</v>
+      </c>
+      <c r="J104" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K104" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L104" s="15"/>
+      <c r="M104" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="105" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A105" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B105" s="4" t="s">
+        <v>284</v>
+      </c>
+      <c r="C105" s="11">
+        <v>82001161</v>
+      </c>
+      <c r="D105" s="4" t="s">
+        <v>427</v>
+      </c>
+      <c r="E105" s="4" t="s">
+        <v>428</v>
+      </c>
+      <c r="F105" s="4" t="s">
+        <v>121</v>
+      </c>
+      <c r="G105" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="H105" s="12" t="s">
+        <v>116</v>
+      </c>
+      <c r="I105" s="31">
+        <v>1</v>
+      </c>
+      <c r="J105" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K105" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L105" s="15" t="s">
+        <v>698</v>
+      </c>
+      <c r="M105" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="106" spans="1:13" s="1" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+      <c r="A106" s="4" t="s">
+        <v>582</v>
+      </c>
+      <c r="B106" s="4" t="s">
+        <v>519</v>
+      </c>
+      <c r="C106" s="11">
+        <v>84000845</v>
+      </c>
+      <c r="D106" s="4" t="s">
+        <v>576</v>
+      </c>
+      <c r="E106" s="4" t="s">
+        <v>577</v>
+      </c>
+      <c r="F106" s="4" t="s">
+        <v>122</v>
+      </c>
+      <c r="G106" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="H106" s="12" t="s">
+        <v>116</v>
+      </c>
+      <c r="I106" s="31">
+        <v>1</v>
+      </c>
+      <c r="J106" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K106" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L106" s="15" t="s">
+        <v>697</v>
+      </c>
+      <c r="M106" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="107" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A107" s="4" t="s">
+        <v>582</v>
+      </c>
+      <c r="B107" s="4" t="s">
+        <v>522</v>
+      </c>
+      <c r="C107" s="11">
+        <v>82000311</v>
+      </c>
+      <c r="D107" s="4" t="s">
+        <v>535</v>
+      </c>
+      <c r="E107" s="4" t="s">
+        <v>536</v>
+      </c>
+      <c r="F107" s="4" t="s">
+        <v>150</v>
+      </c>
+      <c r="G107" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H107" s="12" t="s">
+        <v>150</v>
+      </c>
+      <c r="I107" s="31">
+        <v>1</v>
+      </c>
+      <c r="J107" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K107" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L107" s="15" t="s">
+        <v>650</v>
+      </c>
+      <c r="M107" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="108" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A108" s="4" t="s">
+        <v>582</v>
+      </c>
+      <c r="B108" s="4" t="s">
+        <v>519</v>
+      </c>
+      <c r="C108" s="11">
+        <v>84001013</v>
+      </c>
+      <c r="D108" s="4" t="s">
+        <v>578</v>
+      </c>
+      <c r="E108" s="4" t="s">
+        <v>604</v>
+      </c>
+      <c r="F108" s="4" t="s">
+        <v>132</v>
+      </c>
+      <c r="G108" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="H108" s="15" t="s">
+        <v>111</v>
+      </c>
+      <c r="I108" s="31">
+        <v>1</v>
+      </c>
+      <c r="J108" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K108" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L108" s="15" t="s">
+        <v>691</v>
+      </c>
+      <c r="M108" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="109" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A109" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B109" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="C109" s="11">
+        <v>83000485</v>
+      </c>
+      <c r="D109" s="4" t="s">
+        <v>92</v>
+      </c>
+      <c r="E109" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="F109" s="4" t="s">
+        <v>129</v>
+      </c>
+      <c r="G109" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H109" s="12" t="s">
+        <v>129</v>
+      </c>
+      <c r="I109" s="31">
+        <v>1</v>
+      </c>
+      <c r="J109" s="15" t="s">
+        <v>649</v>
+      </c>
+      <c r="K109" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L109" s="15" t="s">
+        <v>663</v>
+      </c>
+      <c r="M109" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="110" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A110" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B110" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C110" s="5">
+        <v>84000318</v>
+      </c>
+      <c r="D110" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="E110" s="4" t="s">
+        <v>104</v>
+      </c>
+      <c r="F110" s="4" t="s">
+        <v>129</v>
+      </c>
+      <c r="G110" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H110" s="12" t="s">
+        <v>129</v>
+      </c>
+      <c r="I110" s="31">
+        <v>1</v>
+      </c>
+      <c r="J110" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K110" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L110" s="15"/>
+      <c r="M110" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="111" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A111" s="12" t="s">
+        <v>165</v>
+      </c>
+      <c r="B111" s="12" t="s">
+        <v>586</v>
+      </c>
+      <c r="C111" s="11">
+        <v>82002356</v>
+      </c>
+      <c r="D111" s="12" t="s">
+        <v>246</v>
+      </c>
+      <c r="E111" s="12" t="s">
+        <v>247</v>
+      </c>
+      <c r="F111" s="12"/>
+      <c r="G111" s="12" t="s">
+        <v>162</v>
+      </c>
+      <c r="H111" s="12" t="s">
+        <v>151</v>
+      </c>
+      <c r="I111" s="31">
+        <v>1</v>
+      </c>
+      <c r="J111" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K111" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L111" s="15"/>
+      <c r="M111" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="112" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A112" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B112" s="4" t="s">
+        <v>306</v>
+      </c>
+      <c r="C112" s="5">
+        <v>84000145</v>
+      </c>
+      <c r="D112" s="4" t="s">
+        <v>467</v>
+      </c>
+      <c r="E112" s="4" t="s">
+        <v>468</v>
+      </c>
+      <c r="F112" s="4" t="s">
+        <v>129</v>
+      </c>
+      <c r="G112" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H112" s="12" t="s">
+        <v>129</v>
+      </c>
+      <c r="I112" s="31">
+        <v>1</v>
+      </c>
+      <c r="J112" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K112" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L112" s="15"/>
+      <c r="M112" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="113" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A113" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B113" s="4" t="s">
+        <v>289</v>
+      </c>
+      <c r="C113" s="13">
+        <v>82000410</v>
+      </c>
+      <c r="D113" s="4" t="s">
+        <v>330</v>
+      </c>
+      <c r="E113" s="4" t="s">
+        <v>614</v>
+      </c>
+      <c r="F113" s="4" t="s">
+        <v>129</v>
+      </c>
+      <c r="G113" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H113" s="12" t="s">
+        <v>129</v>
+      </c>
+      <c r="I113" s="31">
+        <v>1</v>
+      </c>
+      <c r="J113" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K113" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L113" s="15"/>
+      <c r="M113" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="114" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A114" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B114" s="4" t="s">
+        <v>303</v>
+      </c>
+      <c r="C114" s="3">
+        <v>82000904</v>
+      </c>
+      <c r="D114" s="4" t="s">
+        <v>418</v>
+      </c>
+      <c r="E114" s="4" t="s">
+        <v>642</v>
+      </c>
+      <c r="F114" s="4" t="s">
+        <v>129</v>
+      </c>
+      <c r="G114" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H114" s="12" t="s">
+        <v>129</v>
+      </c>
+      <c r="I114" s="31">
+        <v>1</v>
+      </c>
+      <c r="J114" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K114" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L114" s="15"/>
+      <c r="M114" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="115" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A115" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="B115" s="4" t="s">
+        <v>168</v>
+      </c>
+      <c r="C115" s="13">
+        <v>82000139</v>
+      </c>
+      <c r="D115" s="4" t="s">
+        <v>180</v>
+      </c>
+      <c r="E115" s="4" t="s">
+        <v>181</v>
+      </c>
+      <c r="F115" s="4" t="s">
+        <v>127</v>
+      </c>
+      <c r="G115" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H115" s="12" t="s">
+        <v>127</v>
+      </c>
+      <c r="I115" s="31">
+        <v>1</v>
+      </c>
+      <c r="J115" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K115" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L115" s="15"/>
+      <c r="M115" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="116" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A116" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B116" s="4" t="s">
+        <v>286</v>
+      </c>
+      <c r="C116" s="11">
+        <v>82001491</v>
+      </c>
+      <c r="D116" s="4" t="s">
+        <v>223</v>
+      </c>
+      <c r="E116" s="4" t="s">
+        <v>441</v>
+      </c>
+      <c r="F116" s="4" t="s">
+        <v>146</v>
+      </c>
+      <c r="G116" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H116" s="12" t="s">
+        <v>146</v>
+      </c>
+      <c r="I116" s="31">
+        <v>1</v>
+      </c>
+      <c r="J116" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K116" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L116" s="15"/>
+      <c r="M116" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="117" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A117" s="12" t="s">
+        <v>582</v>
+      </c>
+      <c r="B117" s="12" t="s">
+        <v>519</v>
+      </c>
+      <c r="C117" s="11">
+        <v>84001012</v>
+      </c>
+      <c r="D117" s="12" t="s">
+        <v>690</v>
+      </c>
+      <c r="E117" s="12" t="s">
+        <v>351</v>
+      </c>
+      <c r="F117" s="12" t="s">
+        <v>112</v>
+      </c>
+      <c r="G117" s="12" t="s">
+        <v>163</v>
+      </c>
+      <c r="H117" s="12" t="s">
+        <v>111</v>
+      </c>
+      <c r="I117" s="31">
+        <v>1</v>
+      </c>
+      <c r="J117" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K117" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L117" s="15" t="s">
+        <v>687</v>
+      </c>
+      <c r="M117" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="118" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A118" s="4" t="s">
+        <v>582</v>
+      </c>
+      <c r="B118" s="4" t="s">
+        <v>519</v>
+      </c>
+      <c r="C118" s="5">
+        <v>82002400</v>
+      </c>
+      <c r="D118" s="4" t="s">
+        <v>569</v>
+      </c>
+      <c r="E118" s="4" t="s">
+        <v>570</v>
+      </c>
+      <c r="F118" s="4" t="s">
+        <v>151</v>
+      </c>
+      <c r="G118" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H118" s="12" t="s">
+        <v>151</v>
+      </c>
+      <c r="I118" s="31">
+        <v>1</v>
+      </c>
+      <c r="J118" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K118" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L118" s="15"/>
+      <c r="M118" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="119" spans="1:13" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A119" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B119" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="C119" s="5">
+        <v>83000008</v>
+      </c>
+      <c r="D119" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E119" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F119" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="G119" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H119" s="12" t="s">
+        <v>113</v>
+      </c>
+      <c r="I119" s="31">
+        <v>1</v>
+      </c>
+      <c r="J119" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K119" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L119" s="15"/>
+      <c r="M119" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="120" spans="1:13" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A120" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B120" s="4" t="s">
+        <v>309</v>
+      </c>
+      <c r="C120" s="11">
+        <v>84000680</v>
+      </c>
+      <c r="D120" s="4" t="s">
+        <v>504</v>
+      </c>
+      <c r="E120" s="4" t="s">
+        <v>505</v>
+      </c>
+      <c r="F120" s="4" t="s">
+        <v>618</v>
+      </c>
+      <c r="G120" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="H120" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="I120" s="31">
+        <v>1</v>
+      </c>
+      <c r="J120" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K120" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L120" s="15"/>
+      <c r="M120" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="121" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A121" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="B121" s="4" t="s">
+        <v>168</v>
+      </c>
+      <c r="C121" s="5">
+        <v>84000361</v>
+      </c>
+      <c r="D121" s="4" t="s">
+        <v>266</v>
+      </c>
+      <c r="E121" s="4" t="s">
+        <v>267</v>
+      </c>
+      <c r="F121" s="4" t="s">
+        <v>147</v>
+      </c>
+      <c r="G121" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="H121" s="12" t="s">
+        <v>584</v>
+      </c>
+      <c r="I121" s="31">
+        <v>1</v>
+      </c>
+      <c r="J121" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K121" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L121" s="15"/>
+      <c r="M121" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="122" spans="1:13" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A122" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B122" s="4" t="s">
+        <v>287</v>
+      </c>
+      <c r="C122" s="3">
+        <v>82000245</v>
+      </c>
+      <c r="D122" s="4" t="s">
+        <v>327</v>
+      </c>
+      <c r="E122" s="4" t="s">
+        <v>328</v>
+      </c>
+      <c r="F122" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="G122" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H122" s="12" t="s">
+        <v>113</v>
+      </c>
+      <c r="I122" s="31">
+        <v>1</v>
+      </c>
+      <c r="J122" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K122" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L122" s="15"/>
+      <c r="M122" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="123" spans="1:13" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A123" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B123" s="4" t="s">
+        <v>298</v>
+      </c>
+      <c r="C123" s="5">
+        <v>82000663</v>
+      </c>
+      <c r="D123" s="4" t="s">
+        <v>391</v>
+      </c>
+      <c r="E123" s="4" t="s">
+        <v>392</v>
+      </c>
+      <c r="F123" s="12" t="s">
+        <v>113</v>
+      </c>
+      <c r="G123" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H123" s="12" t="s">
+        <v>113</v>
+      </c>
+      <c r="I123" s="31">
+        <v>1</v>
+      </c>
+      <c r="J123" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K123" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L123" s="15"/>
+      <c r="M123" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="124" spans="1:13" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A124" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B124" s="4" t="s">
+        <v>286</v>
+      </c>
+      <c r="C124" s="3">
+        <v>82000560</v>
+      </c>
+      <c r="D124" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E124" s="4" t="s">
+        <v>357</v>
+      </c>
+      <c r="F124" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="G124" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H124" s="12" t="s">
+        <v>113</v>
+      </c>
+      <c r="I124" s="31">
+        <v>1</v>
+      </c>
+      <c r="J124" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K124" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L124" s="15"/>
+      <c r="M124" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="125" spans="1:13" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A125" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B125" s="4" t="s">
+        <v>292</v>
+      </c>
+      <c r="C125" s="11">
+        <v>82000476</v>
+      </c>
+      <c r="D125" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E125" s="4" t="s">
+        <v>336</v>
+      </c>
+      <c r="F125" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="G125" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H125" s="12" t="s">
+        <v>113</v>
+      </c>
+      <c r="I125" s="31">
+        <v>1</v>
+      </c>
+      <c r="J125" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K125" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L125" s="15"/>
+      <c r="M125" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="126" spans="1:13" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A126" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B126" s="4" t="s">
+        <v>281</v>
+      </c>
+      <c r="C126" s="11">
+        <v>82000111</v>
+      </c>
+      <c r="D126" s="4" t="s">
+        <v>317</v>
+      </c>
+      <c r="E126" s="4" t="s">
+        <v>318</v>
+      </c>
+      <c r="F126" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="G126" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H126" s="12" t="s">
+        <v>113</v>
+      </c>
+      <c r="I126" s="31">
+        <v>1</v>
+      </c>
+      <c r="J126" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K126" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L126" s="15"/>
+      <c r="M126" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="127" spans="1:13" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A127" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B127" s="4" t="s">
+        <v>285</v>
+      </c>
+      <c r="C127" s="5">
+        <v>82001139</v>
+      </c>
+      <c r="D127" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E127" s="4" t="s">
+        <v>422</v>
+      </c>
+      <c r="F127" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="G127" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H127" s="12" t="s">
+        <v>113</v>
+      </c>
+      <c r="I127" s="31">
+        <v>1</v>
+      </c>
+      <c r="J127" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K127" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L127" s="15"/>
+      <c r="M127" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="128" spans="1:13" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A128" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B128" s="4" t="s">
+        <v>288</v>
+      </c>
+      <c r="C128" s="13">
+        <v>82000627</v>
+      </c>
+      <c r="D128" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E128" s="4" t="s">
+        <v>381</v>
+      </c>
+      <c r="F128" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="G128" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H128" s="12" t="s">
+        <v>113</v>
+      </c>
+      <c r="I128" s="31">
+        <v>1</v>
+      </c>
+      <c r="J128" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K128" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L128" s="15"/>
+      <c r="M128" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="129" spans="1:13" s="1" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+      <c r="A129" s="4" t="s">
+        <v>582</v>
+      </c>
+      <c r="B129" s="4" t="s">
+        <v>521</v>
+      </c>
+      <c r="C129" s="3">
+        <v>82000304</v>
+      </c>
+      <c r="D129" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="E129" s="4" t="s">
+        <v>534</v>
+      </c>
+      <c r="F129" s="4" t="s">
+        <v>122</v>
+      </c>
+      <c r="G129" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="H129" s="12" t="s">
+        <v>116</v>
+      </c>
+      <c r="I129" s="31">
+        <v>1</v>
+      </c>
+      <c r="J129" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K129" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L129" s="15" t="s">
+        <v>697</v>
+      </c>
+      <c r="M129" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="130" spans="1:13" s="1" customFormat="1" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A130" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B130" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C130" s="13">
+        <v>83000237</v>
+      </c>
+      <c r="D130" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="E130" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="F130" s="4" t="s">
+        <v>152</v>
+      </c>
+      <c r="G130" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H130" s="12" t="s">
+        <v>152</v>
+      </c>
+      <c r="I130" s="31">
+        <v>1</v>
+      </c>
+      <c r="J130" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K130" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L130" s="15"/>
+      <c r="M130" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="131" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A131" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="B131" s="4" t="s">
+        <v>622</v>
+      </c>
+      <c r="C131" s="11">
+        <v>82001881</v>
+      </c>
+      <c r="D131" s="4" t="s">
+        <v>239</v>
+      </c>
+      <c r="E131" s="12" t="s">
+        <v>240</v>
+      </c>
+      <c r="F131" s="4" t="s">
+        <v>129</v>
+      </c>
+      <c r="G131" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H131" s="12" t="s">
+        <v>129</v>
+      </c>
+      <c r="I131" s="31">
+        <v>1</v>
+      </c>
+      <c r="J131" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K131" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L131" s="15"/>
+      <c r="M131" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="132" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A132" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B132" s="4" t="s">
+        <v>284</v>
+      </c>
+      <c r="C132" s="13">
+        <v>82000152</v>
+      </c>
+      <c r="D132" s="4" t="s">
+        <v>320</v>
+      </c>
+      <c r="E132" s="4" t="s">
+        <v>321</v>
+      </c>
+      <c r="F132" s="4" t="s">
+        <v>152</v>
+      </c>
+      <c r="G132" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H132" s="12" t="s">
+        <v>152</v>
+      </c>
+      <c r="I132" s="31">
+        <v>1</v>
+      </c>
+      <c r="J132" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K132" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L132" s="15"/>
+      <c r="M132" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="133" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A133" s="4" t="s">
+        <v>582</v>
+      </c>
+      <c r="B133" s="4" t="s">
+        <v>523</v>
+      </c>
+      <c r="C133" s="11">
+        <v>84000211</v>
+      </c>
+      <c r="D133" s="4" t="s">
+        <v>561</v>
+      </c>
+      <c r="E133" s="4" t="s">
+        <v>710</v>
+      </c>
+      <c r="F133" s="4" t="s">
+        <v>129</v>
+      </c>
+      <c r="G133" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H133" s="12" t="s">
+        <v>129</v>
+      </c>
+      <c r="I133" s="31">
+        <v>1</v>
+      </c>
+      <c r="J133" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K133" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L133" s="15"/>
+      <c r="M133" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="134" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A134" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="B134" s="4" t="s">
+        <v>588</v>
+      </c>
+      <c r="C134" s="5">
+        <v>84000997</v>
+      </c>
+      <c r="D134" s="4" t="s">
+        <v>275</v>
+      </c>
+      <c r="E134" s="4" t="s">
+        <v>276</v>
+      </c>
+      <c r="F134" s="15" t="s">
+        <v>147</v>
+      </c>
+      <c r="G134" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="H134" s="12" t="s">
+        <v>584</v>
+      </c>
+      <c r="I134" s="31">
+        <v>1</v>
+      </c>
+      <c r="J134" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K134" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L134" s="15"/>
+      <c r="M134" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="135" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A135" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="B135" s="4" t="s">
+        <v>168</v>
+      </c>
+      <c r="C135" s="13">
+        <v>82003360</v>
+      </c>
+      <c r="D135" s="4" t="s">
+        <v>253</v>
+      </c>
+      <c r="E135" s="4" t="s">
+        <v>254</v>
+      </c>
+      <c r="F135" s="4" t="s">
+        <v>111</v>
+      </c>
+      <c r="G135" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H135" s="12" t="s">
+        <v>111</v>
+      </c>
+      <c r="I135" s="31">
+        <v>1</v>
+      </c>
+      <c r="J135" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K135" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L135" s="15"/>
+      <c r="M135" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="136" spans="1:13" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A136" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B136" s="4" t="s">
+        <v>308</v>
+      </c>
+      <c r="C136" s="13">
+        <v>84000656</v>
+      </c>
+      <c r="D136" s="4" t="s">
+        <v>491</v>
+      </c>
+      <c r="E136" s="4" t="s">
+        <v>492</v>
+      </c>
+      <c r="F136" s="4" t="s">
+        <v>140</v>
+      </c>
+      <c r="G136" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H136" s="12" t="s">
+        <v>140</v>
+      </c>
+      <c r="I136" s="31">
+        <v>1</v>
+      </c>
+      <c r="J136" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K136" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L136" s="15"/>
+      <c r="M136" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="137" spans="1:13" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A137" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B137" s="4" t="s">
+        <v>304</v>
+      </c>
+      <c r="C137" s="13">
+        <v>82001441</v>
+      </c>
+      <c r="D137" s="4" t="s">
+        <v>439</v>
+      </c>
+      <c r="E137" s="4" t="s">
+        <v>440</v>
+      </c>
+      <c r="F137" s="4" t="s">
+        <v>140</v>
+      </c>
+      <c r="G137" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H137" s="12" t="s">
+        <v>140</v>
+      </c>
+      <c r="I137" s="31">
+        <v>1</v>
+      </c>
+      <c r="J137" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K137" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L137" s="15"/>
+      <c r="M137" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="138" spans="1:13" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A138" s="4" t="s">
+        <v>582</v>
+      </c>
+      <c r="B138" s="4" t="s">
+        <v>519</v>
+      </c>
+      <c r="C138" s="3">
+        <v>84000204</v>
+      </c>
+      <c r="D138" s="4" t="s">
+        <v>573</v>
+      </c>
+      <c r="E138" s="4" t="s">
+        <v>525</v>
+      </c>
+      <c r="F138" s="4" t="s">
+        <v>618</v>
+      </c>
+      <c r="G138" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="H138" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="I138" s="31">
+        <v>1</v>
+      </c>
+      <c r="J138" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K138" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L138" s="15"/>
+      <c r="M138" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="139" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A139" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B139" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="C139" s="5">
+        <v>84000311</v>
+      </c>
+      <c r="D139" s="4" t="s">
+        <v>102</v>
+      </c>
+      <c r="E139" s="4" t="s">
+        <v>103</v>
+      </c>
+      <c r="F139" s="4" t="s">
+        <v>158</v>
+      </c>
+      <c r="G139" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H139" s="12" t="s">
+        <v>158</v>
+      </c>
+      <c r="I139" s="31">
+        <v>1</v>
+      </c>
+      <c r="J139" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K139" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L139" s="15"/>
+      <c r="M139" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="140" spans="1:13" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A140" s="12" t="s">
+        <v>165</v>
+      </c>
+      <c r="B140" s="12" t="s">
+        <v>168</v>
+      </c>
+      <c r="C140" s="11">
+        <v>82000201</v>
+      </c>
+      <c r="D140" s="12" t="s">
+        <v>199</v>
+      </c>
+      <c r="E140" s="12" t="s">
+        <v>200</v>
+      </c>
+      <c r="F140" s="12" t="s">
+        <v>110</v>
+      </c>
+      <c r="G140" s="12" t="s">
+        <v>162</v>
+      </c>
+      <c r="H140" s="12" t="s">
+        <v>111</v>
+      </c>
+      <c r="I140" s="31">
+        <v>1</v>
+      </c>
+      <c r="J140" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K140" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L140" s="15" t="s">
+        <v>703</v>
+      </c>
+      <c r="M140" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="141" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A141" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B141" s="4" t="s">
+        <v>284</v>
+      </c>
+      <c r="C141" s="13">
+        <v>84000400</v>
+      </c>
+      <c r="D141" s="4" t="s">
+        <v>470</v>
+      </c>
+      <c r="E141" s="4" t="s">
+        <v>471</v>
+      </c>
+      <c r="F141" s="4" t="s">
+        <v>158</v>
+      </c>
+      <c r="G141" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H141" s="12" t="s">
+        <v>158</v>
+      </c>
+      <c r="I141" s="31">
+        <v>1</v>
+      </c>
+      <c r="J141" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K141" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L141" s="15"/>
+      <c r="M141" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="142" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A142" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B142" s="4" t="s">
+        <v>298</v>
+      </c>
+      <c r="C142" s="11">
+        <v>84000020</v>
+      </c>
+      <c r="D142" s="4" t="s">
+        <v>465</v>
+      </c>
+      <c r="E142" s="4" t="s">
+        <v>466</v>
+      </c>
+      <c r="F142" s="4" t="s">
+        <v>158</v>
+      </c>
+      <c r="G142" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H142" s="12" t="s">
+        <v>158</v>
+      </c>
+      <c r="I142" s="31">
+        <v>1</v>
+      </c>
+      <c r="J142" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K142" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L142" s="15"/>
+      <c r="M142" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="143" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A143" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B143" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="C143" s="5">
+        <v>83000028</v>
+      </c>
+      <c r="D143" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="E143" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="F143" s="4" t="s">
+        <v>128</v>
+      </c>
+      <c r="G143" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H143" s="12" t="s">
+        <v>128</v>
+      </c>
+      <c r="I143" s="31">
+        <v>1</v>
+      </c>
+      <c r="J143" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K143" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L143" s="15"/>
+      <c r="M143" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="144" spans="1:13" s="1" customFormat="1" ht="90" x14ac:dyDescent="0.25">
+      <c r="A144" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="B144" s="4" t="s">
+        <v>171</v>
+      </c>
+      <c r="C144" s="13">
+        <v>82001156</v>
+      </c>
+      <c r="D144" s="4" t="s">
+        <v>225</v>
+      </c>
+      <c r="E144" s="4" t="s">
+        <v>226</v>
+      </c>
+      <c r="F144" s="4" t="s">
+        <v>618</v>
+      </c>
+      <c r="G144" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H144" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="I144" s="31">
+        <v>1</v>
+      </c>
+      <c r="J144" s="15" t="s">
+        <v>649</v>
+      </c>
+      <c r="K144" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L144" s="15" t="s">
+        <v>714</v>
+      </c>
+      <c r="M144" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="145" spans="1:13" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A145" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="B145" s="4" t="s">
+        <v>172</v>
+      </c>
+      <c r="C145" s="13">
+        <v>82001514</v>
+      </c>
+      <c r="D145" s="4" t="s">
+        <v>235</v>
+      </c>
+      <c r="E145" s="4" t="s">
+        <v>236</v>
+      </c>
+      <c r="F145" s="4" t="s">
+        <v>140</v>
+      </c>
+      <c r="G145" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H145" s="12" t="s">
+        <v>140</v>
+      </c>
+      <c r="I145" s="31">
+        <v>1</v>
+      </c>
+      <c r="J145" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K145" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L145" s="15"/>
+      <c r="M145" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="146" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A146" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B146" s="4" t="s">
+        <v>286</v>
+      </c>
+      <c r="C146" s="3">
+        <v>82000589</v>
+      </c>
+      <c r="D146" s="4" t="s">
+        <v>371</v>
+      </c>
+      <c r="E146" s="4" t="s">
+        <v>372</v>
+      </c>
+      <c r="F146" s="4" t="s">
+        <v>128</v>
+      </c>
+      <c r="G146" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H146" s="12" t="s">
+        <v>128</v>
+      </c>
+      <c r="I146" s="31">
+        <v>1</v>
+      </c>
+      <c r="J146" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K146" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L146" s="15"/>
+      <c r="M146" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="147" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A147" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B147" s="4" t="s">
+        <v>298</v>
+      </c>
+      <c r="C147" s="5">
+        <v>82000666</v>
+      </c>
+      <c r="D147" s="4" t="s">
+        <v>395</v>
+      </c>
+      <c r="E147" s="4" t="s">
+        <v>396</v>
+      </c>
+      <c r="F147" s="4" t="s">
+        <v>128</v>
+      </c>
+      <c r="G147" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H147" s="12" t="s">
+        <v>128</v>
+      </c>
+      <c r="I147" s="31">
+        <v>1</v>
+      </c>
+      <c r="J147" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K147" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L147" s="15"/>
+      <c r="M147" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="148" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A148" s="4" t="s">
+        <v>582</v>
+      </c>
+      <c r="B148" s="4" t="s">
+        <v>519</v>
+      </c>
+      <c r="C148" s="3">
+        <v>84000569</v>
+      </c>
+      <c r="D148" s="4" t="s">
+        <v>575</v>
+      </c>
+      <c r="E148" s="4" t="s">
+        <v>525</v>
+      </c>
+      <c r="F148" s="4" t="s">
+        <v>114</v>
+      </c>
+      <c r="G148" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H148" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="I148" s="31">
+        <v>1</v>
+      </c>
+      <c r="J148" s="15" t="s">
+        <v>649</v>
+      </c>
+      <c r="K148" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L148" s="15" t="s">
+        <v>708</v>
+      </c>
+      <c r="M148" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="149" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A149" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B149" s="4" t="s">
+        <v>281</v>
+      </c>
+      <c r="C149" s="3">
+        <v>84000166</v>
+      </c>
+      <c r="D149" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="E149" s="4" t="s">
+        <v>314</v>
+      </c>
+      <c r="F149" s="4" t="s">
+        <v>136</v>
+      </c>
+      <c r="G149" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H149" s="12" t="s">
+        <v>136</v>
+      </c>
+      <c r="I149" s="31">
+        <v>1</v>
+      </c>
+      <c r="J149" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K149" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L149" s="15"/>
+      <c r="M149" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="150" spans="1:13" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A150" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B150" s="4" t="s">
+        <v>299</v>
+      </c>
+      <c r="C150" s="5">
+        <v>82001569</v>
+      </c>
+      <c r="D150" s="4" t="s">
+        <v>444</v>
+      </c>
+      <c r="E150" s="4" t="s">
+        <v>445</v>
+      </c>
+      <c r="F150" s="4" t="s">
+        <v>136</v>
+      </c>
+      <c r="G150" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H150" s="12" t="s">
+        <v>136</v>
+      </c>
+      <c r="I150" s="31">
+        <v>1</v>
+      </c>
+      <c r="J150" s="15" t="s">
+        <v>649</v>
+      </c>
+      <c r="K150" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L150" s="15" t="s">
+        <v>653</v>
+      </c>
+      <c r="M150" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="151" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A151" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B151" s="4" t="s">
+        <v>292</v>
+      </c>
+      <c r="C151" s="3">
+        <v>82001089</v>
+      </c>
+      <c r="D151" s="4" t="s">
+        <v>313</v>
+      </c>
+      <c r="E151" s="4" t="s">
+        <v>421</v>
+      </c>
+      <c r="F151" s="4" t="s">
+        <v>136</v>
+      </c>
+      <c r="G151" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H151" s="12" t="s">
+        <v>136</v>
+      </c>
+      <c r="I151" s="31">
+        <v>1</v>
+      </c>
+      <c r="J151" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K151" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L151" s="15"/>
+      <c r="M151" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="152" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A152" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B152" s="4" t="s">
+        <v>299</v>
+      </c>
+      <c r="C152" s="3">
+        <v>82000701</v>
+      </c>
+      <c r="D152" s="4" t="s">
+        <v>406</v>
+      </c>
+      <c r="E152" s="4" t="s">
+        <v>407</v>
+      </c>
+      <c r="F152" s="4" t="s">
+        <v>136</v>
+      </c>
+      <c r="G152" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H152" s="12" t="s">
+        <v>136</v>
+      </c>
+      <c r="I152" s="31">
+        <v>1</v>
+      </c>
+      <c r="J152" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K152" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L152" s="15"/>
+      <c r="M152" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="153" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A153" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B153" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="C153" s="5">
+        <v>83000033</v>
+      </c>
+      <c r="D153" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E153" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="F153" s="4" t="s">
+        <v>120</v>
+      </c>
+      <c r="G153" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="H153" s="12" t="s">
+        <v>111</v>
+      </c>
+      <c r="I153" s="31">
+        <v>1</v>
+      </c>
+      <c r="J153" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K153" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L153" s="15" t="s">
+        <v>699</v>
+      </c>
+      <c r="M153" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="154" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A154" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B154" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="C154" s="13">
         <v>83000034</v>
       </c>
-      <c r="D4" s="7" t="s">
+      <c r="D154" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E154" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="F154" s="4" t="s">
+        <v>111</v>
+      </c>
+      <c r="G154" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H154" s="12" t="s">
+        <v>111</v>
+      </c>
+      <c r="I154" s="31">
+        <v>1</v>
+      </c>
+      <c r="J154" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K154" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L154" s="15"/>
+      <c r="M154" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="155" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A155" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B155" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="C155" s="5">
+        <v>83000288</v>
+      </c>
+      <c r="D155" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="E155" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="F155" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="G155" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="H155" s="12" t="s">
+        <v>111</v>
+      </c>
+      <c r="I155" s="31">
+        <v>1</v>
+      </c>
+      <c r="J155" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K155" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L155" s="15" t="s">
+        <v>684</v>
+      </c>
+      <c r="M155" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="156" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A156" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="B156" s="4" t="s">
+        <v>170</v>
+      </c>
+      <c r="C156" s="13">
+        <v>82001648</v>
+      </c>
+      <c r="D156" s="4" t="s">
+        <v>237</v>
+      </c>
+      <c r="E156" s="4" t="s">
+        <v>238</v>
+      </c>
+      <c r="F156" s="4" t="s">
+        <v>130</v>
+      </c>
+      <c r="G156" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H156" s="12" t="s">
+        <v>130</v>
+      </c>
+      <c r="I156" s="31">
+        <v>1</v>
+      </c>
+      <c r="J156" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K156" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L156" s="15"/>
+      <c r="M156" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="157" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A157" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="B157" s="4" t="s">
+        <v>170</v>
+      </c>
+      <c r="C157" s="13">
+        <v>82000781</v>
+      </c>
+      <c r="D157" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="E157" s="4" t="s">
+        <v>209</v>
+      </c>
+      <c r="F157" s="4" t="s">
+        <v>146</v>
+      </c>
+      <c r="G157" s="4" t="s">
+        <v>162</v>
+      </c>
+      <c r="H157" s="12" t="s">
+        <v>150</v>
+      </c>
+      <c r="I157" s="31">
+        <v>1</v>
+      </c>
+      <c r="J157" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K157" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L157" s="15"/>
+      <c r="M157" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="158" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A158" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B158" s="4" t="s">
+        <v>291</v>
+      </c>
+      <c r="C158" s="11">
+        <v>82000920</v>
+      </c>
+      <c r="D158" s="4" t="s">
+        <v>419</v>
+      </c>
+      <c r="E158" s="4" t="s">
+        <v>420</v>
+      </c>
+      <c r="F158" s="4" t="s">
+        <v>114</v>
+      </c>
+      <c r="G158" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H158" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="I158" s="31">
+        <v>1</v>
+      </c>
+      <c r="J158" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K158" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L158" s="15"/>
+      <c r="M158" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="159" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A159" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="B159" s="4" t="s">
+        <v>170</v>
+      </c>
+      <c r="C159" s="5">
+        <v>82000781</v>
+      </c>
+      <c r="D159" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="E159" s="4" t="s">
+        <v>209</v>
+      </c>
+      <c r="F159" s="4" t="s">
+        <v>146</v>
+      </c>
+      <c r="G159" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H159" s="12" t="s">
+        <v>146</v>
+      </c>
+      <c r="I159" s="31">
+        <v>1</v>
+      </c>
+      <c r="J159" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K159" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L159" s="15"/>
+      <c r="M159" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="160" spans="1:13" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A160" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="B160" s="4" t="s">
+        <v>168</v>
+      </c>
+      <c r="C160" s="5">
+        <v>82002273</v>
+      </c>
+      <c r="D160" s="4" t="s">
+        <v>245</v>
+      </c>
+      <c r="E160" s="4" t="s">
+        <v>607</v>
+      </c>
+      <c r="F160" s="4" t="s">
+        <v>140</v>
+      </c>
+      <c r="G160" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H160" s="12" t="s">
+        <v>140</v>
+      </c>
+      <c r="I160" s="31">
+        <v>1</v>
+      </c>
+      <c r="J160" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K160" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L160" s="15"/>
+      <c r="M160" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="161" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A161" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="B161" s="4" t="s">
+        <v>168</v>
+      </c>
+      <c r="C161" s="11">
+        <v>82001460</v>
+      </c>
+      <c r="D161" s="4" t="s">
+        <v>606</v>
+      </c>
+      <c r="E161" s="4" t="s">
+        <v>234</v>
+      </c>
+      <c r="F161" s="4" t="s">
+        <v>151</v>
+      </c>
+      <c r="G161" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H161" s="12" t="s">
+        <v>151</v>
+      </c>
+      <c r="I161" s="31">
+        <v>1</v>
+      </c>
+      <c r="J161" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K161" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L161" s="15"/>
+      <c r="M161" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="162" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A162" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="B162" s="4" t="s">
+        <v>168</v>
+      </c>
+      <c r="C162" s="3">
+        <v>82003361</v>
+      </c>
+      <c r="D162" s="4" t="s">
+        <v>255</v>
+      </c>
+      <c r="E162" s="4" t="s">
+        <v>256</v>
+      </c>
+      <c r="F162" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="G162" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="H162" s="12" t="s">
+        <v>111</v>
+      </c>
+      <c r="I162" s="31">
+        <v>1</v>
+      </c>
+      <c r="J162" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K162" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L162" s="15" t="s">
+        <v>684</v>
+      </c>
+      <c r="M162" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="163" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A163" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="B163" s="4" t="s">
+        <v>168</v>
+      </c>
+      <c r="C163" s="13">
+        <v>82001239</v>
+      </c>
+      <c r="D163" s="4" t="s">
+        <v>227</v>
+      </c>
+      <c r="E163" s="4" t="s">
+        <v>228</v>
+      </c>
+      <c r="F163" s="4" t="s">
+        <v>116</v>
+      </c>
+      <c r="G163" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H163" s="12" t="s">
+        <v>116</v>
+      </c>
+      <c r="I163" s="31">
+        <v>1</v>
+      </c>
+      <c r="J163" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K163" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L163" s="15"/>
+      <c r="M163" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="164" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A164" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B164" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="C164" s="11">
+        <v>82002331</v>
+      </c>
+      <c r="D164" s="4" t="s">
+        <v>452</v>
+      </c>
+      <c r="E164" s="4" t="s">
+        <v>453</v>
+      </c>
+      <c r="F164" s="4" t="s">
+        <v>151</v>
+      </c>
+      <c r="G164" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H164" s="12" t="s">
+        <v>151</v>
+      </c>
+      <c r="I164" s="31">
+        <v>1</v>
+      </c>
+      <c r="J164" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K164" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L164" s="15"/>
+      <c r="M164" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="165" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A165" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B165" s="4" t="s">
+        <v>305</v>
+      </c>
+      <c r="C165" s="11">
+        <v>82002231</v>
+      </c>
+      <c r="D165" s="4" t="s">
+        <v>450</v>
+      </c>
+      <c r="E165" s="4" t="s">
+        <v>451</v>
+      </c>
+      <c r="F165" s="4" t="s">
+        <v>111</v>
+      </c>
+      <c r="G165" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H165" s="12" t="s">
+        <v>111</v>
+      </c>
+      <c r="I165" s="31">
+        <v>1</v>
+      </c>
+      <c r="J165" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K165" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L165" s="15"/>
+      <c r="M165" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="166" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A166" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B166" s="4" t="s">
+        <v>283</v>
+      </c>
+      <c r="C166" s="13">
+        <v>82000557</v>
+      </c>
+      <c r="D166" s="4" t="s">
+        <v>354</v>
+      </c>
+      <c r="E166" s="4" t="s">
+        <v>638</v>
+      </c>
+      <c r="F166" s="4" t="s">
+        <v>111</v>
+      </c>
+      <c r="G166" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H166" s="12" t="s">
+        <v>111</v>
+      </c>
+      <c r="I166" s="31">
+        <v>1</v>
+      </c>
+      <c r="J166" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K166" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L166" s="15" t="s">
+        <v>674</v>
+      </c>
+      <c r="M166" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="167" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A167" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B167" s="4" t="s">
+        <v>298</v>
+      </c>
+      <c r="C167" s="3">
+        <v>82001217</v>
+      </c>
+      <c r="D167" s="4" t="s">
+        <v>433</v>
+      </c>
+      <c r="E167" s="4" t="s">
+        <v>643</v>
+      </c>
+      <c r="F167" s="4" t="s">
+        <v>132</v>
+      </c>
+      <c r="G167" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="H167" s="12" t="s">
+        <v>111</v>
+      </c>
+      <c r="I167" s="31">
+        <v>1</v>
+      </c>
+      <c r="J167" s="15" t="s">
+        <v>658</v>
+      </c>
+      <c r="K167" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L167" s="15" t="s">
+        <v>700</v>
+      </c>
+      <c r="M167" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="168" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A168" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B168" s="4" t="s">
+        <v>283</v>
+      </c>
+      <c r="C168" s="3">
+        <v>82000650</v>
+      </c>
+      <c r="D168" s="4" t="s">
+        <v>387</v>
+      </c>
+      <c r="E168" s="4" t="s">
+        <v>641</v>
+      </c>
+      <c r="F168" s="4" t="s">
+        <v>134</v>
+      </c>
+      <c r="G168" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="H168" s="12" t="s">
+        <v>111</v>
+      </c>
+      <c r="I168" s="31">
+        <v>1</v>
+      </c>
+      <c r="J168" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K168" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L168" s="15" t="s">
+        <v>685</v>
+      </c>
+      <c r="M168" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="169" spans="1:13" s="1" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+      <c r="A169" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B169" s="4" t="s">
+        <v>296</v>
+      </c>
+      <c r="C169" s="3">
+        <v>82000553</v>
+      </c>
+      <c r="D169" s="4" t="s">
+        <v>352</v>
+      </c>
+      <c r="E169" s="4" t="s">
+        <v>353</v>
+      </c>
+      <c r="F169" s="4" t="s">
+        <v>139</v>
+      </c>
+      <c r="G169" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="H169" s="12" t="s">
+        <v>111</v>
+      </c>
+      <c r="I169" s="31">
+        <v>1</v>
+      </c>
+      <c r="J169" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K169" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L169" s="15" t="s">
+        <v>688</v>
+      </c>
+      <c r="M169" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="170" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A170" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B170" s="15" t="s">
+        <v>283</v>
+      </c>
+      <c r="C170" s="11">
+        <v>82000585</v>
+      </c>
+      <c r="D170" s="4" t="s">
+        <v>370</v>
+      </c>
+      <c r="E170" s="4" t="s">
+        <v>351</v>
+      </c>
+      <c r="F170" s="15" t="s">
+        <v>111</v>
+      </c>
+      <c r="G170" s="15" t="s">
+        <v>161</v>
+      </c>
+      <c r="H170" s="12" t="s">
+        <v>111</v>
+      </c>
+      <c r="I170" s="31">
+        <v>1</v>
+      </c>
+      <c r="J170" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K170" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L170" s="15"/>
+      <c r="M170" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="171" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A171" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B171" s="4" t="s">
+        <v>283</v>
+      </c>
+      <c r="C171" s="5">
+        <v>82000585</v>
+      </c>
+      <c r="D171" s="4" t="s">
+        <v>370</v>
+      </c>
+      <c r="E171" s="4" t="s">
+        <v>351</v>
+      </c>
+      <c r="F171" s="4" t="s">
+        <v>112</v>
+      </c>
+      <c r="G171" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="H171" s="12" t="s">
+        <v>111</v>
+      </c>
+      <c r="I171" s="31">
+        <v>1</v>
+      </c>
+      <c r="J171" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K171" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L171" s="15" t="s">
+        <v>687</v>
+      </c>
+      <c r="M171" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="172" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A172" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B172" s="4" t="s">
+        <v>294</v>
+      </c>
+      <c r="C172" s="3">
+        <v>82002396</v>
+      </c>
+      <c r="D172" s="4" t="s">
+        <v>459</v>
+      </c>
+      <c r="E172" s="4" t="s">
+        <v>460</v>
+      </c>
+      <c r="F172" s="4" t="s">
+        <v>151</v>
+      </c>
+      <c r="G172" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H172" s="12" t="s">
+        <v>151</v>
+      </c>
+      <c r="I172" s="31">
+        <v>1</v>
+      </c>
+      <c r="J172" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K172" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L172" s="15"/>
+      <c r="M172" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="173" spans="1:13" s="1" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+      <c r="A173" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B173" s="4" t="s">
+        <v>297</v>
+      </c>
+      <c r="C173" s="11">
+        <v>82000610</v>
+      </c>
+      <c r="D173" s="4" t="s">
+        <v>376</v>
+      </c>
+      <c r="E173" s="4" t="s">
+        <v>377</v>
+      </c>
+      <c r="F173" s="4" t="s">
+        <v>139</v>
+      </c>
+      <c r="G173" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="H173" s="12" t="s">
+        <v>111</v>
+      </c>
+      <c r="I173" s="31">
+        <v>1</v>
+      </c>
+      <c r="J173" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K173" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L173" s="15" t="s">
+        <v>689</v>
+      </c>
+      <c r="M173" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="174" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A174" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B174" s="4" t="s">
+        <v>283</v>
+      </c>
+      <c r="C174" s="5">
+        <v>82000517</v>
+      </c>
+      <c r="D174" s="4" t="s">
+        <v>342</v>
+      </c>
+      <c r="E174" s="4" t="s">
+        <v>343</v>
+      </c>
+      <c r="F174" s="4" t="s">
+        <v>111</v>
+      </c>
+      <c r="G174" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H174" s="12" t="s">
+        <v>111</v>
+      </c>
+      <c r="I174" s="31">
+        <v>1</v>
+      </c>
+      <c r="J174" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K174" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L174" s="15"/>
+      <c r="M174" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="175" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A175" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B175" s="4" t="s">
+        <v>283</v>
+      </c>
+      <c r="C175" s="5">
+        <v>82000547</v>
+      </c>
+      <c r="D175" s="4" t="s">
+        <v>348</v>
+      </c>
+      <c r="E175" s="4" t="s">
+        <v>349</v>
+      </c>
+      <c r="F175" s="4" t="s">
+        <v>135</v>
+      </c>
+      <c r="G175" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="H175" s="12" t="s">
+        <v>111</v>
+      </c>
+      <c r="I175" s="31">
+        <v>1</v>
+      </c>
+      <c r="J175" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K175" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L175" s="15" t="s">
+        <v>686</v>
+      </c>
+      <c r="M175" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="176" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A176" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B176" s="4" t="s">
+        <v>283</v>
+      </c>
+      <c r="C176" s="3">
+        <v>82000547</v>
+      </c>
+      <c r="D176" s="4" t="s">
+        <v>348</v>
+      </c>
+      <c r="E176" s="4" t="s">
+        <v>349</v>
+      </c>
+      <c r="F176" s="4" t="s">
+        <v>111</v>
+      </c>
+      <c r="G176" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H176" s="12" t="s">
+        <v>111</v>
+      </c>
+      <c r="I176" s="31">
+        <v>1</v>
+      </c>
+      <c r="J176" s="15" t="s">
+        <v>649</v>
+      </c>
+      <c r="K176" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L176" s="15" t="s">
+        <v>659</v>
+      </c>
+      <c r="M176" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="177" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A177" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B177" s="4" t="s">
+        <v>297</v>
+      </c>
+      <c r="C177" s="13">
+        <v>84000894</v>
+      </c>
+      <c r="D177" s="4" t="s">
+        <v>512</v>
+      </c>
+      <c r="E177" s="4" t="s">
+        <v>513</v>
+      </c>
+      <c r="F177" s="4" t="s">
+        <v>111</v>
+      </c>
+      <c r="G177" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H177" s="12" t="s">
+        <v>111</v>
+      </c>
+      <c r="I177" s="31">
+        <v>1</v>
+      </c>
+      <c r="J177" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K177" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L177" s="15"/>
+      <c r="M177" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="178" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A178" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B178" s="4" t="s">
+        <v>291</v>
+      </c>
+      <c r="C178" s="5">
+        <v>84000468</v>
+      </c>
+      <c r="D178" s="4" t="s">
+        <v>483</v>
+      </c>
+      <c r="E178" s="4" t="s">
+        <v>484</v>
+      </c>
+      <c r="F178" s="4" t="s">
+        <v>114</v>
+      </c>
+      <c r="G178" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H178" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="I178" s="31">
+        <v>1</v>
+      </c>
+      <c r="J178" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K178" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L178" s="15"/>
+      <c r="M178" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="179" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A179" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B179" s="4" t="s">
+        <v>286</v>
+      </c>
+      <c r="C179" s="5">
+        <v>84000411</v>
+      </c>
+      <c r="D179" s="4" t="s">
+        <v>472</v>
+      </c>
+      <c r="E179" s="4" t="s">
+        <v>473</v>
+      </c>
+      <c r="F179" s="4" t="s">
+        <v>114</v>
+      </c>
+      <c r="G179" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H179" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="I179" s="31">
+        <v>1</v>
+      </c>
+      <c r="J179" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K179" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L179" s="15"/>
+      <c r="M179" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="180" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A180" s="4" t="s">
+        <v>582</v>
+      </c>
+      <c r="B180" s="4" t="s">
+        <v>520</v>
+      </c>
+      <c r="C180" s="5">
+        <v>82000260</v>
+      </c>
+      <c r="D180" s="4" t="s">
+        <v>329</v>
+      </c>
+      <c r="E180" s="4" t="s">
+        <v>526</v>
+      </c>
+      <c r="F180" s="4" t="s">
+        <v>115</v>
+      </c>
+      <c r="G180" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H180" s="12" t="s">
+        <v>115</v>
+      </c>
+      <c r="I180" s="31">
+        <v>1</v>
+      </c>
+      <c r="J180" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K180" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L180" s="15"/>
+      <c r="M180" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="181" spans="1:13" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A181" s="4" t="s">
+        <v>582</v>
+      </c>
+      <c r="B181" s="4" t="s">
+        <v>519</v>
+      </c>
+      <c r="C181" s="11">
+        <v>82001218</v>
+      </c>
+      <c r="D181" s="4" t="s">
+        <v>562</v>
+      </c>
+      <c r="E181" s="4" t="s">
+        <v>563</v>
+      </c>
+      <c r="F181" s="15" t="s">
+        <v>117</v>
+      </c>
+      <c r="G181" s="12" t="s">
+        <v>161</v>
+      </c>
+      <c r="H181" s="12" t="s">
+        <v>584</v>
+      </c>
+      <c r="I181" s="31">
+        <v>1</v>
+      </c>
+      <c r="J181" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K181" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L181" s="30" t="s">
+        <v>704</v>
+      </c>
+      <c r="M181" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="182" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A182" s="4" t="s">
+        <v>582</v>
+      </c>
+      <c r="B182" s="4" t="s">
+        <v>519</v>
+      </c>
+      <c r="C182" s="5">
+        <v>82000576</v>
+      </c>
+      <c r="D182" s="4" t="s">
+        <v>559</v>
+      </c>
+      <c r="E182" s="4" t="s">
+        <v>560</v>
+      </c>
+      <c r="F182" s="4" t="s">
+        <v>144</v>
+      </c>
+      <c r="G182" s="12" t="s">
+        <v>163</v>
+      </c>
+      <c r="H182" s="12" t="s">
+        <v>584</v>
+      </c>
+      <c r="I182" s="31">
+        <v>1</v>
+      </c>
+      <c r="J182" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K182" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L182" s="15"/>
+      <c r="M182" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="183" spans="1:13" s="1" customFormat="1" ht="21" x14ac:dyDescent="0.25">
+      <c r="A183" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="B183" s="4" t="s">
+        <v>168</v>
+      </c>
+      <c r="C183" s="5">
+        <v>82000184</v>
+      </c>
+      <c r="D183" s="4" t="s">
+        <v>192</v>
+      </c>
+      <c r="E183" s="4" t="s">
+        <v>193</v>
+      </c>
+      <c r="F183" s="15" t="s">
+        <v>157</v>
+      </c>
+      <c r="G183" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H183" s="15" t="s">
+        <v>157</v>
+      </c>
+      <c r="I183" s="31">
+        <v>1</v>
+      </c>
+      <c r="J183" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K183" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L183" s="15"/>
+      <c r="M183" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="184" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A184" s="4" t="s">
+        <v>582</v>
+      </c>
+      <c r="B184" s="4" t="s">
+        <v>519</v>
+      </c>
+      <c r="C184" s="5">
+        <v>82000363</v>
+      </c>
+      <c r="D184" s="4" t="s">
+        <v>383</v>
+      </c>
+      <c r="E184" s="4" t="s">
+        <v>537</v>
+      </c>
+      <c r="F184" s="4" t="s">
+        <v>131</v>
+      </c>
+      <c r="G184" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H184" s="12" t="s">
+        <v>131</v>
+      </c>
+      <c r="I184" s="31">
+        <v>1</v>
+      </c>
+      <c r="J184" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K184" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L184" s="15"/>
+      <c r="M184" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="185" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A185" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="B185" s="4" t="s">
+        <v>168</v>
+      </c>
+      <c r="C185" s="11">
+        <v>82000191</v>
+      </c>
+      <c r="D185" s="4" t="s">
+        <v>196</v>
+      </c>
+      <c r="E185" s="4" t="s">
+        <v>627</v>
+      </c>
+      <c r="F185" s="4" t="s">
+        <v>156</v>
+      </c>
+      <c r="G185" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H185" s="12" t="s">
+        <v>156</v>
+      </c>
+      <c r="I185" s="31">
+        <v>1</v>
+      </c>
+      <c r="J185" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K185" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L185" s="15"/>
+      <c r="M185" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="186" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A186" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B186" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="C186" s="11">
+        <v>83000040</v>
+      </c>
+      <c r="D186" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="E186" s="4" t="s">
+        <v>50</v>
+      </c>
+      <c r="F186" s="4" t="s">
+        <v>114</v>
+      </c>
+      <c r="G186" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H186" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="I186" s="31">
+        <v>1</v>
+      </c>
+      <c r="J186" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K186" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L186" s="17" t="s">
+        <v>679</v>
+      </c>
+      <c r="M186" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="187" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A187" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B187" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="C187" s="11">
+        <v>83000043</v>
+      </c>
+      <c r="D187" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="E187" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="F187" s="4" t="s">
+        <v>114</v>
+      </c>
+      <c r="G187" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H187" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="I187" s="31">
+        <v>1</v>
+      </c>
+      <c r="J187" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K187" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L187" s="17" t="s">
+        <v>680</v>
+      </c>
+      <c r="M187" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="188" spans="1:13" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A188" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B188" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="C188" s="11">
+        <v>83000043</v>
+      </c>
+      <c r="D188" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="E188" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="F188" s="4" t="s">
+        <v>618</v>
+      </c>
+      <c r="G188" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="H188" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="I188" s="31">
+        <v>1</v>
+      </c>
+      <c r="J188" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K188" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L188" s="17" t="s">
+        <v>705</v>
+      </c>
+      <c r="M188" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="189" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A189" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B189" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="C189" s="11">
+        <v>83000044</v>
+      </c>
+      <c r="D189" s="4" t="s">
         <v>53</v>
       </c>
-      <c r="E4" s="7" t="s">
+      <c r="E189" s="4" t="s">
         <v>54</v>
       </c>
-      <c r="F4" s="7" t="s">
-[...66 lines deleted...]
-      <c r="A6" s="7" t="s">
+      <c r="F189" s="4" t="s">
+        <v>114</v>
+      </c>
+      <c r="G189" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H189" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="I189" s="31">
+        <v>1</v>
+      </c>
+      <c r="J189" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K189" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L189" s="15" t="s">
+        <v>666</v>
+      </c>
+      <c r="M189" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="190" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A190" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B190" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="C190" s="11">
+        <v>84000416</v>
+      </c>
+      <c r="D190" s="4" t="s">
+        <v>602</v>
+      </c>
+      <c r="E190" s="4" t="s">
+        <v>603</v>
+      </c>
+      <c r="F190" s="4" t="s">
+        <v>114</v>
+      </c>
+      <c r="G190" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H190" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="I190" s="31">
+        <v>1</v>
+      </c>
+      <c r="J190" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K190" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L190" s="15" t="s">
+        <v>681</v>
+      </c>
+      <c r="M190" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="191" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A191" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="B191" s="4" t="s">
+        <v>168</v>
+      </c>
+      <c r="C191" s="5">
+        <v>82001146</v>
+      </c>
+      <c r="D191" s="4" t="s">
+        <v>221</v>
+      </c>
+      <c r="E191" s="4" t="s">
+        <v>222</v>
+      </c>
+      <c r="F191" s="4" t="s">
+        <v>158</v>
+      </c>
+      <c r="G191" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H191" s="12" t="s">
+        <v>158</v>
+      </c>
+      <c r="I191" s="31">
+        <v>1</v>
+      </c>
+      <c r="J191" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K191" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L191" s="15"/>
+      <c r="M191" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="192" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A192" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="B192" s="4" t="s">
+        <v>166</v>
+      </c>
+      <c r="C192" s="5">
+        <v>82000784</v>
+      </c>
+      <c r="D192" s="4" t="s">
+        <v>210</v>
+      </c>
+      <c r="E192" s="4" t="s">
+        <v>211</v>
+      </c>
+      <c r="F192" s="4" t="s">
+        <v>128</v>
+      </c>
+      <c r="G192" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H192" s="12" t="s">
+        <v>128</v>
+      </c>
+      <c r="I192" s="31">
+        <v>1</v>
+      </c>
+      <c r="J192" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K192" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L192" s="15"/>
+      <c r="M192" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="193" spans="1:13" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A193" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="B193" s="4" t="s">
+        <v>169</v>
+      </c>
+      <c r="C193" s="5">
+        <v>84000576</v>
+      </c>
+      <c r="D193" s="4" t="s">
+        <v>610</v>
+      </c>
+      <c r="E193" s="4" t="s">
+        <v>630</v>
+      </c>
+      <c r="F193" s="4" t="s">
+        <v>114</v>
+      </c>
+      <c r="G193" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H193" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="I193" s="31">
+        <v>1</v>
+      </c>
+      <c r="J193" s="15" t="s">
+        <v>649</v>
+      </c>
+      <c r="K193" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L193" s="15" t="s">
+        <v>695</v>
+      </c>
+      <c r="M193" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="194" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A194" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B194" s="4" t="s">
+        <v>279</v>
+      </c>
+      <c r="C194" s="3">
+        <v>84000500</v>
+      </c>
+      <c r="D194" s="4" t="s">
+        <v>597</v>
+      </c>
+      <c r="E194" s="4" t="s">
+        <v>596</v>
+      </c>
+      <c r="F194" s="4" t="s">
+        <v>114</v>
+      </c>
+      <c r="G194" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H194" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="I194" s="31">
+        <v>1</v>
+      </c>
+      <c r="J194" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K194" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L194" s="15"/>
+      <c r="M194" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="195" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A195" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B195" s="4" t="s">
+        <v>291</v>
+      </c>
+      <c r="C195" s="11">
+        <v>84000482</v>
+      </c>
+      <c r="D195" s="4" t="s">
+        <v>485</v>
+      </c>
+      <c r="E195" s="4" t="s">
+        <v>486</v>
+      </c>
+      <c r="F195" s="4" t="s">
+        <v>138</v>
+      </c>
+      <c r="G195" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="H195" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="I195" s="31">
+        <v>1</v>
+      </c>
+      <c r="J195" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K195" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L195" s="15"/>
+      <c r="M195" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="196" spans="1:13" s="1" customFormat="1" ht="90" x14ac:dyDescent="0.25">
+      <c r="A196" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B196" s="4" t="s">
+        <v>310</v>
+      </c>
+      <c r="C196" s="5">
+        <v>84001047</v>
+      </c>
+      <c r="D196" s="4" t="s">
+        <v>515</v>
+      </c>
+      <c r="E196" s="4" t="s">
+        <v>516</v>
+      </c>
+      <c r="F196" s="4" t="s">
+        <v>114</v>
+      </c>
+      <c r="G196" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H196" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="I196" s="31">
+        <v>1</v>
+      </c>
+      <c r="J196" s="15" t="s">
+        <v>707</v>
+      </c>
+      <c r="K196" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L196" s="15" t="s">
+        <v>668</v>
+      </c>
+      <c r="M196" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="197" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A197" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B197" s="4" t="s">
+        <v>291</v>
+      </c>
+      <c r="C197" s="11">
+        <v>84000674</v>
+      </c>
+      <c r="D197" s="4" t="s">
+        <v>499</v>
+      </c>
+      <c r="E197" s="4" t="s">
+        <v>500</v>
+      </c>
+      <c r="F197" s="4" t="s">
+        <v>114</v>
+      </c>
+      <c r="G197" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H197" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="I197" s="31">
+        <v>1</v>
+      </c>
+      <c r="J197" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K197" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L197" s="15"/>
+      <c r="M197" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="198" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A198" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B198" s="4" t="s">
+        <v>298</v>
+      </c>
+      <c r="C198" s="5">
+        <v>82001665</v>
+      </c>
+      <c r="D198" s="4" t="s">
+        <v>446</v>
+      </c>
+      <c r="E198" s="9" t="s">
+        <v>676</v>
+      </c>
+      <c r="F198" s="4" t="s">
+        <v>114</v>
+      </c>
+      <c r="G198" s="15" t="s">
+        <v>161</v>
+      </c>
+      <c r="H198" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="I198" s="31">
+        <v>1</v>
+      </c>
+      <c r="J198" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K198" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L198" s="15"/>
+      <c r="M198" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="199" spans="1:13" s="1" customFormat="1" ht="120" x14ac:dyDescent="0.25">
+      <c r="A199" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B199" s="4" t="s">
+        <v>283</v>
+      </c>
+      <c r="C199" s="13">
+        <v>84001044</v>
+      </c>
+      <c r="D199" s="4" t="s">
+        <v>514</v>
+      </c>
+      <c r="E199" s="9" t="s">
+        <v>677</v>
+      </c>
+      <c r="F199" s="4" t="s">
+        <v>618</v>
+      </c>
+      <c r="G199" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="H199" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="I199" s="31">
+        <v>1</v>
+      </c>
+      <c r="J199" s="15" t="s">
+        <v>649</v>
+      </c>
+      <c r="K199" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L199" s="15" t="s">
+        <v>667</v>
+      </c>
+      <c r="M199" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="200" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A200" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B200" s="4" t="s">
+        <v>291</v>
+      </c>
+      <c r="C200" s="13">
+        <v>84000387</v>
+      </c>
+      <c r="D200" s="4" t="s">
+        <v>598</v>
+      </c>
+      <c r="E200" s="4" t="s">
+        <v>490</v>
+      </c>
+      <c r="F200" s="4" t="s">
+        <v>114</v>
+      </c>
+      <c r="G200" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H200" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="I200" s="31">
+        <v>1</v>
+      </c>
+      <c r="J200" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K200" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L200" s="15"/>
+      <c r="M200" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="201" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A201" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B201" s="4" t="s">
+        <v>291</v>
+      </c>
+      <c r="C201" s="3">
+        <v>84000493</v>
+      </c>
+      <c r="D201" s="4" t="s">
+        <v>487</v>
+      </c>
+      <c r="E201" s="4" t="s">
+        <v>488</v>
+      </c>
+      <c r="F201" s="4" t="s">
+        <v>114</v>
+      </c>
+      <c r="G201" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H201" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="I201" s="31">
+        <v>1</v>
+      </c>
+      <c r="J201" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K201" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L201" s="15"/>
+      <c r="M201" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="202" spans="1:13" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A202" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B202" s="4" t="s">
+        <v>291</v>
+      </c>
+      <c r="C202" s="13">
+        <v>84000857</v>
+      </c>
+      <c r="D202" s="4" t="s">
+        <v>510</v>
+      </c>
+      <c r="E202" s="4" t="s">
+        <v>511</v>
+      </c>
+      <c r="F202" s="4" t="s">
+        <v>118</v>
+      </c>
+      <c r="G202" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="H202" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="I202" s="31">
+        <v>1</v>
+      </c>
+      <c r="J202" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K202" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L202" s="15"/>
+      <c r="M202" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="203" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A203" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B203" s="4" t="s">
+        <v>291</v>
+      </c>
+      <c r="C203" s="5">
+        <v>84000512</v>
+      </c>
+      <c r="D203" s="4" t="s">
+        <v>489</v>
+      </c>
+      <c r="E203" s="4" t="s">
+        <v>644</v>
+      </c>
+      <c r="F203" s="4" t="s">
+        <v>114</v>
+      </c>
+      <c r="G203" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H203" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="I203" s="31">
+        <v>1</v>
+      </c>
+      <c r="J203" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K203" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L203" s="15"/>
+      <c r="M203" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="204" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A204" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B204" s="4" t="s">
+        <v>291</v>
+      </c>
+      <c r="C204" s="11">
+        <v>82001974</v>
+      </c>
+      <c r="D204" s="4" t="s">
+        <v>447</v>
+      </c>
+      <c r="E204" s="4" t="s">
+        <v>448</v>
+      </c>
+      <c r="F204" s="4" t="s">
+        <v>114</v>
+      </c>
+      <c r="G204" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H204" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="I204" s="31">
+        <v>1</v>
+      </c>
+      <c r="J204" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K204" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L204" s="15"/>
+      <c r="M204" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="205" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A205" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B205" s="4" t="s">
+        <v>291</v>
+      </c>
+      <c r="C205" s="3">
+        <v>82000445</v>
+      </c>
+      <c r="D205" s="4" t="s">
+        <v>333</v>
+      </c>
+      <c r="E205" s="4" t="s">
+        <v>334</v>
+      </c>
+      <c r="F205" s="4" t="s">
+        <v>114</v>
+      </c>
+      <c r="G205" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H205" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="I205" s="31">
+        <v>1</v>
+      </c>
+      <c r="J205" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K205" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L205" s="15"/>
+      <c r="M205" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="206" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A206" s="4" t="s">
+        <v>582</v>
+      </c>
+      <c r="B206" s="4" t="s">
+        <v>519</v>
+      </c>
+      <c r="C206" s="3">
+        <v>84000221</v>
+      </c>
+      <c r="D206" s="4" t="s">
+        <v>574</v>
+      </c>
+      <c r="E206" s="4" t="s">
+        <v>543</v>
+      </c>
+      <c r="F206" s="4" t="s">
+        <v>160</v>
+      </c>
+      <c r="G206" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H206" s="12" t="s">
+        <v>160</v>
+      </c>
+      <c r="I206" s="31">
+        <v>1</v>
+      </c>
+      <c r="J206" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K206" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L206" s="15"/>
+      <c r="M206" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="207" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A207" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B207" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="C207" s="3">
+        <v>83000080</v>
+      </c>
+      <c r="D207" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="E207" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="F207" s="4" t="s">
+        <v>127</v>
+      </c>
+      <c r="G207" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H207" s="12" t="s">
+        <v>127</v>
+      </c>
+      <c r="I207" s="31">
+        <v>1</v>
+      </c>
+      <c r="J207" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K207" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L207" s="15"/>
+      <c r="M207" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="208" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A208" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B208" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="C208" s="13">
+        <v>83000094</v>
+      </c>
+      <c r="D208" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="E208" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="F208" s="4" t="s">
+        <v>127</v>
+      </c>
+      <c r="G208" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H208" s="12" t="s">
+        <v>127</v>
+      </c>
+      <c r="I208" s="31">
+        <v>1</v>
+      </c>
+      <c r="J208" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K208" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L208" s="15"/>
+      <c r="M208" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="209" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A209" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B209" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="C209" s="3">
+        <v>83000336</v>
+      </c>
+      <c r="D209" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="E209" s="4" t="s">
+        <v>84</v>
+      </c>
+      <c r="F209" s="4" t="s">
+        <v>127</v>
+      </c>
+      <c r="G209" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H209" s="12" t="s">
+        <v>127</v>
+      </c>
+      <c r="I209" s="31">
+        <v>1</v>
+      </c>
+      <c r="J209" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K209" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L209" s="15"/>
+      <c r="M209" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="210" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A210" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B210" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C210" s="5">
+        <v>83000481</v>
+      </c>
+      <c r="D210" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="E210" s="4" t="s">
+        <v>91</v>
+      </c>
+      <c r="F210" s="4" t="s">
+        <v>127</v>
+      </c>
+      <c r="G210" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H210" s="12" t="s">
+        <v>127</v>
+      </c>
+      <c r="I210" s="31">
+        <v>1</v>
+      </c>
+      <c r="J210" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K210" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L210" s="15"/>
+      <c r="M210" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="211" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A211" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B211" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C211" s="11">
+        <v>84000855</v>
+      </c>
+      <c r="D211" s="4" t="s">
+        <v>108</v>
+      </c>
+      <c r="E211" s="4" t="s">
+        <v>109</v>
+      </c>
+      <c r="F211" s="4" t="s">
+        <v>142</v>
+      </c>
+      <c r="G211" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="H211" s="12" t="s">
+        <v>127</v>
+      </c>
+      <c r="I211" s="31">
+        <v>1</v>
+      </c>
+      <c r="J211" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K211" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L211" s="15" t="s">
+        <v>692</v>
+      </c>
+      <c r="M211" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="212" spans="1:13" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A212" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="B212" s="4" t="s">
+        <v>587</v>
+      </c>
+      <c r="C212" s="11">
+        <v>84000841</v>
+      </c>
+      <c r="D212" s="4" t="s">
+        <v>273</v>
+      </c>
+      <c r="E212" s="4" t="s">
+        <v>274</v>
+      </c>
+      <c r="F212" s="4" t="s">
+        <v>117</v>
+      </c>
+      <c r="G212" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H212" s="12" t="s">
+        <v>584</v>
+      </c>
+      <c r="I212" s="31">
+        <v>1</v>
+      </c>
+      <c r="J212" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K212" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L212" s="15"/>
+      <c r="M212" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="213" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A213" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="B213" s="4" t="s">
+        <v>166</v>
+      </c>
+      <c r="C213" s="5">
+        <v>84000831</v>
+      </c>
+      <c r="D213" s="4" t="s">
+        <v>93</v>
+      </c>
+      <c r="E213" s="4" t="s">
+        <v>272</v>
+      </c>
+      <c r="F213" s="4" t="s">
+        <v>130</v>
+      </c>
+      <c r="G213" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H213" s="12" t="s">
+        <v>130</v>
+      </c>
+      <c r="I213" s="31">
+        <v>1</v>
+      </c>
+      <c r="J213" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K213" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L213" s="15"/>
+      <c r="M213" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="214" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A214" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="B214" s="4" t="s">
+        <v>168</v>
+      </c>
+      <c r="C214" s="11">
+        <v>82000140</v>
+      </c>
+      <c r="D214" s="4" t="s">
+        <v>182</v>
+      </c>
+      <c r="E214" s="4" t="s">
+        <v>183</v>
+      </c>
+      <c r="F214" s="4" t="s">
+        <v>128</v>
+      </c>
+      <c r="G214" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H214" s="12" t="s">
+        <v>128</v>
+      </c>
+      <c r="I214" s="31">
+        <v>1</v>
+      </c>
+      <c r="J214" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K214" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L214" s="15"/>
+      <c r="M214" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="215" spans="1:13" s="1" customFormat="1" ht="21" x14ac:dyDescent="0.25">
+      <c r="A215" s="12" t="s">
+        <v>165</v>
+      </c>
+      <c r="B215" s="12" t="s">
+        <v>169</v>
+      </c>
+      <c r="C215" s="13" t="s">
+        <v>624</v>
+      </c>
+      <c r="D215" s="12" t="s">
+        <v>626</v>
+      </c>
+      <c r="E215" s="12" t="s">
+        <v>632</v>
+      </c>
+      <c r="F215" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="G215" s="12" t="s">
+        <v>161</v>
+      </c>
+      <c r="H215" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="I215" s="31">
+        <v>1</v>
+      </c>
+      <c r="J215" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K215" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L215" s="15"/>
+      <c r="M215" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="216" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A216" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B216" s="4" t="s">
+        <v>288</v>
+      </c>
+      <c r="C216" s="11">
+        <v>82000486</v>
+      </c>
+      <c r="D216" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="E216" s="4" t="s">
+        <v>339</v>
+      </c>
+      <c r="F216" s="4" t="s">
+        <v>142</v>
+      </c>
+      <c r="G216" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="H216" s="12" t="s">
+        <v>127</v>
+      </c>
+      <c r="I216" s="31">
+        <v>1</v>
+      </c>
+      <c r="J216" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K216" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L216" s="15" t="s">
+        <v>692</v>
+      </c>
+      <c r="M216" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="217" spans="1:13" s="1" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+      <c r="A217" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B217" s="4" t="s">
+        <v>283</v>
+      </c>
+      <c r="C217" s="5">
+        <v>82002355</v>
+      </c>
+      <c r="D217" s="4" t="s">
+        <v>454</v>
+      </c>
+      <c r="E217" s="4" t="s">
         <v>455</v>
       </c>
-      <c r="B6" s="7" t="s">
-[...5 lines deleted...]
-      <c r="D6" s="7" t="s">
+      <c r="F217" s="12" t="s">
+        <v>142</v>
+      </c>
+      <c r="G217" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="H217" s="12" t="s">
+        <v>127</v>
+      </c>
+      <c r="I217" s="31">
+        <v>1</v>
+      </c>
+      <c r="J217" s="15" t="s">
+        <v>658</v>
+      </c>
+      <c r="K217" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L217" s="15" t="s">
+        <v>701</v>
+      </c>
+      <c r="M217" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="218" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A218" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B218" s="4" t="s">
+        <v>281</v>
+      </c>
+      <c r="C218" s="13">
+        <v>82000102</v>
+      </c>
+      <c r="D218" s="4" t="s">
+        <v>315</v>
+      </c>
+      <c r="E218" s="4" t="s">
+        <v>316</v>
+      </c>
+      <c r="F218" s="4" t="s">
+        <v>127</v>
+      </c>
+      <c r="G218" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H218" s="12" t="s">
+        <v>127</v>
+      </c>
+      <c r="I218" s="31">
+        <v>1</v>
+      </c>
+      <c r="J218" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K218" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L218" s="15"/>
+      <c r="M218" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="219" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A219" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B219" s="4" t="s">
+        <v>281</v>
+      </c>
+      <c r="C219" s="5">
+        <v>82000102</v>
+      </c>
+      <c r="D219" s="4" t="s">
+        <v>315</v>
+      </c>
+      <c r="E219" s="4" t="s">
+        <v>316</v>
+      </c>
+      <c r="F219" s="4" t="s">
+        <v>142</v>
+      </c>
+      <c r="G219" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="H219" s="12" t="s">
+        <v>127</v>
+      </c>
+      <c r="I219" s="31">
+        <v>1</v>
+      </c>
+      <c r="J219" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K219" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L219" s="15" t="s">
+        <v>692</v>
+      </c>
+      <c r="M219" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="220" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A220" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B220" s="4" t="s">
+        <v>299</v>
+      </c>
+      <c r="C220" s="3">
+        <v>84000671</v>
+      </c>
+      <c r="D220" s="4" t="s">
+        <v>388</v>
+      </c>
+      <c r="E220" s="4" t="s">
+        <v>498</v>
+      </c>
+      <c r="F220" s="4" t="s">
+        <v>142</v>
+      </c>
+      <c r="G220" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="H220" s="12" t="s">
+        <v>127</v>
+      </c>
+      <c r="I220" s="31">
+        <v>1</v>
+      </c>
+      <c r="J220" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K220" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L220" s="15" t="s">
+        <v>692</v>
+      </c>
+      <c r="M220" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="221" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A221" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B221" s="4" t="s">
+        <v>292</v>
+      </c>
+      <c r="C221" s="3">
+        <v>84000445</v>
+      </c>
+      <c r="D221" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="E221" s="4" t="s">
+        <v>476</v>
+      </c>
+      <c r="F221" s="4" t="s">
+        <v>127</v>
+      </c>
+      <c r="G221" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H221" s="12" t="s">
+        <v>127</v>
+      </c>
+      <c r="I221" s="31">
+        <v>1</v>
+      </c>
+      <c r="J221" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K221" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L221" s="15"/>
+      <c r="M221" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="222" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A222" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B222" s="4" t="s">
+        <v>297</v>
+      </c>
+      <c r="C222" s="13">
+        <v>82000616</v>
+      </c>
+      <c r="D222" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="E222" s="4" t="s">
+        <v>380</v>
+      </c>
+      <c r="F222" s="4" t="s">
+        <v>127</v>
+      </c>
+      <c r="G222" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H222" s="12" t="s">
+        <v>127</v>
+      </c>
+      <c r="I222" s="31">
+        <v>1</v>
+      </c>
+      <c r="J222" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K222" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L222" s="15"/>
+      <c r="M222" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="223" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A223" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B223" s="4" t="s">
+        <v>286</v>
+      </c>
+      <c r="C223" s="11">
+        <v>82000565</v>
+      </c>
+      <c r="D223" s="4" t="s">
+        <v>360</v>
+      </c>
+      <c r="E223" s="4" t="s">
+        <v>361</v>
+      </c>
+      <c r="F223" s="4" t="s">
+        <v>142</v>
+      </c>
+      <c r="G223" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="H223" s="12" t="s">
+        <v>127</v>
+      </c>
+      <c r="I223" s="31">
+        <v>1</v>
+      </c>
+      <c r="J223" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K223" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L223" s="15" t="s">
+        <v>692</v>
+      </c>
+      <c r="M223" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="224" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A224" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B224" s="4" t="s">
+        <v>284</v>
+      </c>
+      <c r="C224" s="11">
+        <v>84000673</v>
+      </c>
+      <c r="D224" s="4" t="s">
+        <v>636</v>
+      </c>
+      <c r="E224" s="4" t="s">
+        <v>413</v>
+      </c>
+      <c r="F224" s="15" t="s">
+        <v>142</v>
+      </c>
+      <c r="G224" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="H224" s="12" t="s">
+        <v>127</v>
+      </c>
+      <c r="I224" s="31">
+        <v>1</v>
+      </c>
+      <c r="J224" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K224" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L224" s="15" t="s">
         <v>702</v>
       </c>
-      <c r="E6" s="7" t="s">
-[...106 lines deleted...]
-      <c r="A9" s="7" t="s">
+      <c r="M224" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="225" spans="1:13" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A225" s="4" t="s">
+        <v>582</v>
+      </c>
+      <c r="B225" s="4" t="s">
+        <v>519</v>
+      </c>
+      <c r="C225" s="3">
+        <v>84000199</v>
+      </c>
+      <c r="D225" s="4" t="s">
+        <v>571</v>
+      </c>
+      <c r="E225" s="4" t="s">
+        <v>572</v>
+      </c>
+      <c r="F225" s="15" t="s">
+        <v>618</v>
+      </c>
+      <c r="G225" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="H225" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="I225" s="31">
+        <v>1</v>
+      </c>
+      <c r="J225" s="15" t="s">
+        <v>649</v>
+      </c>
+      <c r="K225" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L225" s="15" t="s">
+        <v>655</v>
+      </c>
+      <c r="M225" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="226" spans="1:13" s="1" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+      <c r="A226" s="4" t="s">
+        <v>582</v>
+      </c>
+      <c r="B226" s="4" t="s">
+        <v>519</v>
+      </c>
+      <c r="C226" s="3">
+        <v>82000374</v>
+      </c>
+      <c r="D226" s="4" t="s">
+        <v>540</v>
+      </c>
+      <c r="E226" s="4" t="s">
+        <v>541</v>
+      </c>
+      <c r="F226" s="4" t="s">
+        <v>139</v>
+      </c>
+      <c r="G226" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="H226" s="12" t="s">
+        <v>111</v>
+      </c>
+      <c r="I226" s="31">
+        <v>1</v>
+      </c>
+      <c r="J226" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K226" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L226" s="15" t="s">
+        <v>688</v>
+      </c>
+      <c r="M226" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="227" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A227" s="4" t="s">
         <v>11</v>
       </c>
-      <c r="B9" s="7" t="s">
+      <c r="B227" s="4" t="s">
         <v>12</v>
       </c>
-      <c r="C9" s="9">
-[...38 lines deleted...]
-      <c r="C10" s="5">
+      <c r="C227" s="5">
+        <v>83000024</v>
+      </c>
+      <c r="D227" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="E227" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="F227" s="4" t="s">
+        <v>126</v>
+      </c>
+      <c r="G227" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H227" s="12" t="s">
+        <v>126</v>
+      </c>
+      <c r="I227" s="31">
+        <v>1</v>
+      </c>
+      <c r="J227" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K227" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L227" s="15"/>
+      <c r="M227" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="228" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A228" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B228" s="4" t="s">
+        <v>286</v>
+      </c>
+      <c r="C228" s="13">
+        <v>82000568</v>
+      </c>
+      <c r="D228" s="4" t="s">
+        <v>362</v>
+      </c>
+      <c r="E228" s="4" t="s">
+        <v>363</v>
+      </c>
+      <c r="F228" s="4" t="s">
+        <v>126</v>
+      </c>
+      <c r="G228" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H228" s="12" t="s">
+        <v>126</v>
+      </c>
+      <c r="I228" s="31">
+        <v>1</v>
+      </c>
+      <c r="J228" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K228" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L228" s="15"/>
+      <c r="M228" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="229" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A229" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B229" s="4" t="s">
+        <v>298</v>
+      </c>
+      <c r="C229" s="11">
+        <v>82001532</v>
+      </c>
+      <c r="D229" s="4" t="s">
+        <v>442</v>
+      </c>
+      <c r="E229" s="4" t="s">
+        <v>443</v>
+      </c>
+      <c r="F229" s="4" t="s">
+        <v>126</v>
+      </c>
+      <c r="G229" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H229" s="12" t="s">
+        <v>126</v>
+      </c>
+      <c r="I229" s="31">
+        <v>1</v>
+      </c>
+      <c r="J229" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K229" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L229" s="15"/>
+      <c r="M229" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="230" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A230" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B230" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="C230" s="13">
+        <v>83000233</v>
+      </c>
+      <c r="D230" s="4" t="s">
+        <v>76</v>
+      </c>
+      <c r="E230" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="F230" s="4" t="s">
+        <v>151</v>
+      </c>
+      <c r="G230" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H230" s="12" t="s">
+        <v>151</v>
+      </c>
+      <c r="I230" s="31">
+        <v>1</v>
+      </c>
+      <c r="J230" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K230" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L230" s="15"/>
+      <c r="M230" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="231" spans="1:13" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A231" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B231" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C231" s="5" t="s">
+        <v>601</v>
+      </c>
+      <c r="D231" s="4" t="s">
+        <v>600</v>
+      </c>
+      <c r="E231" s="4" t="s">
+        <v>599</v>
+      </c>
+      <c r="F231" s="4" t="s">
+        <v>151</v>
+      </c>
+      <c r="G231" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H231" s="12" t="s">
+        <v>151</v>
+      </c>
+      <c r="I231" s="31">
+        <v>1</v>
+      </c>
+      <c r="J231" s="15" t="s">
+        <v>649</v>
+      </c>
+      <c r="K231" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L231" s="15" t="s">
+        <v>709</v>
+      </c>
+      <c r="M231" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="232" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A232" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="B232" s="4" t="s">
+        <v>168</v>
+      </c>
+      <c r="C232" s="13">
+        <v>82000216</v>
+      </c>
+      <c r="D232" s="4" t="s">
+        <v>76</v>
+      </c>
+      <c r="E232" s="4" t="s">
+        <v>204</v>
+      </c>
+      <c r="F232" s="4" t="s">
+        <v>151</v>
+      </c>
+      <c r="G232" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H232" s="12" t="s">
+        <v>151</v>
+      </c>
+      <c r="I232" s="31">
+        <v>1</v>
+      </c>
+      <c r="J232" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K232" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L232" s="15"/>
+      <c r="M232" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="233" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A233" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="B233" s="4" t="s">
+        <v>168</v>
+      </c>
+      <c r="C233" s="11">
         <v>82000165</v>
       </c>
-      <c r="D10" s="7" t="s">
-[...74 lines deleted...]
-      <c r="C12" s="5">
+      <c r="D233" s="4" t="s">
+        <v>186</v>
+      </c>
+      <c r="E233" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="F233" s="4" t="s">
+        <v>131</v>
+      </c>
+      <c r="G233" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H233" s="15" t="s">
+        <v>131</v>
+      </c>
+      <c r="I233" s="31">
+        <v>1</v>
+      </c>
+      <c r="J233" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K233" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L233" s="15"/>
+      <c r="M233" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="234" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A234" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B234" s="4" t="s">
+        <v>282</v>
+      </c>
+      <c r="C234" s="13">
+        <v>84000462</v>
+      </c>
+      <c r="D234" s="4" t="s">
+        <v>481</v>
+      </c>
+      <c r="E234" s="4" t="s">
+        <v>482</v>
+      </c>
+      <c r="F234" s="4" t="s">
+        <v>151</v>
+      </c>
+      <c r="G234" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H234" s="15" t="s">
+        <v>151</v>
+      </c>
+      <c r="I234" s="31">
+        <v>1</v>
+      </c>
+      <c r="J234" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K234" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L234" s="15"/>
+      <c r="M234" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="235" spans="1:13" s="1" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+      <c r="A235" s="4" t="s">
+        <v>582</v>
+      </c>
+      <c r="B235" s="4" t="s">
+        <v>519</v>
+      </c>
+      <c r="C235" s="3">
+        <v>82001273</v>
+      </c>
+      <c r="D235" s="4" t="s">
+        <v>564</v>
+      </c>
+      <c r="E235" s="4" t="s">
+        <v>565</v>
+      </c>
+      <c r="F235" s="15" t="s">
+        <v>620</v>
+      </c>
+      <c r="G235" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="H235" s="12" t="s">
+        <v>584</v>
+      </c>
+      <c r="I235" s="31">
+        <v>1</v>
+      </c>
+      <c r="J235" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K235" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L235" s="15"/>
+      <c r="M235" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="236" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A236" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="B236" s="4" t="s">
+        <v>168</v>
+      </c>
+      <c r="C236" s="11">
+        <v>82002019</v>
+      </c>
+      <c r="D236" s="4" t="s">
+        <v>241</v>
+      </c>
+      <c r="E236" s="4" t="s">
+        <v>242</v>
+      </c>
+      <c r="F236" s="4" t="s">
+        <v>155</v>
+      </c>
+      <c r="G236" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H236" s="12" t="s">
+        <v>155</v>
+      </c>
+      <c r="I236" s="32">
+        <v>1</v>
+      </c>
+      <c r="J236" s="19" t="s">
+        <v>647</v>
+      </c>
+      <c r="K236" s="20" t="s">
+        <v>648</v>
+      </c>
+      <c r="L236" s="19"/>
+      <c r="M236" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="237" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A237" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="B237" s="4" t="s">
+        <v>585</v>
+      </c>
+      <c r="C237" s="13">
+        <v>82000914</v>
+      </c>
+      <c r="D237" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="E237" s="4" t="s">
+        <v>216</v>
+      </c>
+      <c r="F237" s="4" t="s">
+        <v>129</v>
+      </c>
+      <c r="G237" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H237" s="12" t="s">
+        <v>129</v>
+      </c>
+      <c r="I237" s="31">
+        <v>1</v>
+      </c>
+      <c r="J237" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K237" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L237" s="15"/>
+      <c r="M237" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="238" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A238" s="12" t="s">
+        <v>165</v>
+      </c>
+      <c r="B238" s="12" t="s">
+        <v>169</v>
+      </c>
+      <c r="C238" s="11">
+        <v>82000227</v>
+      </c>
+      <c r="D238" s="12" t="s">
+        <v>608</v>
+      </c>
+      <c r="E238" s="12" t="s">
+        <v>583</v>
+      </c>
+      <c r="F238" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="G238" s="12" t="s">
+        <v>161</v>
+      </c>
+      <c r="H238" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="I238" s="31">
+        <v>1</v>
+      </c>
+      <c r="J238" s="19" t="s">
+        <v>647</v>
+      </c>
+      <c r="K238" s="20" t="s">
+        <v>648</v>
+      </c>
+      <c r="L238" s="19"/>
+      <c r="M238" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="239" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A239" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="B239" s="4" t="s">
+        <v>586</v>
+      </c>
+      <c r="C239" s="3">
+        <v>82003328</v>
+      </c>
+      <c r="D239" s="4" t="s">
+        <v>248</v>
+      </c>
+      <c r="E239" s="4" t="s">
+        <v>249</v>
+      </c>
+      <c r="F239" s="4" t="s">
+        <v>151</v>
+      </c>
+      <c r="G239" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H239" s="15" t="s">
+        <v>151</v>
+      </c>
+      <c r="I239" s="31">
+        <v>1</v>
+      </c>
+      <c r="J239" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K239" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L239" s="15"/>
+      <c r="M239" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="240" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A240" s="15" t="s">
+        <v>278</v>
+      </c>
+      <c r="B240" s="15" t="s">
+        <v>283</v>
+      </c>
+      <c r="C240" s="14">
         <v>82000581</v>
       </c>
-      <c r="D12" s="7" t="s">
-[...7573 lines deleted...]
-      <c r="E205" s="7" t="s">
+      <c r="D240" s="15" t="s">
         <v>40</v>
       </c>
-      <c r="F205" s="7" t="s">
-[...1417 lines deleted...]
-        <v>243</v>
+      <c r="E240" s="15" t="s">
+        <v>368</v>
+      </c>
+      <c r="F240" s="15" t="s">
+        <v>131</v>
+      </c>
+      <c r="G240" s="15" t="s">
+        <v>161</v>
+      </c>
+      <c r="H240" s="15" t="s">
+        <v>131</v>
       </c>
       <c r="I240" s="31">
         <v>2</v>
       </c>
-      <c r="J240" s="26" t="s">
-[...35 lines deleted...]
-        <v>243</v>
+      <c r="J240" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K240" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L240" s="15"/>
+      <c r="M240" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="241" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A241" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B241" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="C241" s="13">
+        <v>83000174</v>
+      </c>
+      <c r="D241" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="E241" s="4" t="s">
+        <v>73</v>
+      </c>
+      <c r="F241" s="4" t="s">
+        <v>150</v>
+      </c>
+      <c r="G241" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H241" s="12" t="s">
+        <v>150</v>
       </c>
       <c r="I241" s="31">
-        <v>7</v>
-[...37 lines deleted...]
-        <v>243</v>
+        <v>2</v>
+      </c>
+      <c r="J241" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K241" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L241" s="15"/>
+      <c r="M241" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="242" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A242" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="B242" s="4" t="s">
+        <v>170</v>
+      </c>
+      <c r="C242" s="3">
+        <v>82000926</v>
+      </c>
+      <c r="D242" s="4" t="s">
+        <v>217</v>
+      </c>
+      <c r="E242" s="4" t="s">
+        <v>218</v>
+      </c>
+      <c r="F242" s="4" t="s">
+        <v>127</v>
+      </c>
+      <c r="G242" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H242" s="12" t="s">
+        <v>127</v>
       </c>
       <c r="I242" s="31">
-        <v>5</v>
-[...37 lines deleted...]
-        <v>243</v>
+        <v>2</v>
+      </c>
+      <c r="J242" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K242" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L242" s="15"/>
+      <c r="M242" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="243" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A243" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B243" s="4" t="s">
+        <v>298</v>
+      </c>
+      <c r="C243" s="13">
+        <v>82001268</v>
+      </c>
+      <c r="D243" s="4" t="s">
+        <v>434</v>
+      </c>
+      <c r="E243" s="4" t="s">
+        <v>386</v>
+      </c>
+      <c r="F243" s="4" t="s">
+        <v>150</v>
+      </c>
+      <c r="G243" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H243" s="12" t="s">
+        <v>150</v>
       </c>
       <c r="I243" s="31">
         <v>2</v>
       </c>
-      <c r="J243" s="26" t="s">
-[...8 lines deleted...]
-      <c r="M243" s="11">
+      <c r="J243" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K243" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L243" s="15" t="s">
+        <v>660</v>
+      </c>
+      <c r="M243" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="244" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A244" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B244" s="4" t="s">
+        <v>298</v>
+      </c>
+      <c r="C244" s="13">
+        <v>84000691</v>
+      </c>
+      <c r="D244" s="4" t="s">
+        <v>506</v>
+      </c>
+      <c r="E244" s="4" t="s">
+        <v>507</v>
+      </c>
+      <c r="F244" s="4" t="s">
+        <v>150</v>
+      </c>
+      <c r="G244" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H244" s="12" t="s">
+        <v>150</v>
+      </c>
+      <c r="I244" s="31">
+        <v>2</v>
+      </c>
+      <c r="J244" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K244" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L244" s="15"/>
+      <c r="M244" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="245" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A245" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B245" s="4" t="s">
         <v>12</v>
       </c>
-    </row>
-[...64 lines deleted...]
-        <v>243</v>
+      <c r="C245" s="13">
+        <v>83000219</v>
+      </c>
+      <c r="D245" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="E245" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="F245" s="4" t="s">
+        <v>584</v>
+      </c>
+      <c r="G245" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H245" s="12" t="s">
+        <v>584</v>
       </c>
       <c r="I245" s="31">
-        <v>1</v>
-[...37 lines deleted...]
-        <v>243</v>
+        <v>2</v>
+      </c>
+      <c r="J245" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K245" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L245" s="15"/>
+      <c r="M245" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="246" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A246" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="B246" s="4" t="s">
+        <v>168</v>
+      </c>
+      <c r="C246" s="3">
+        <v>82001318</v>
+      </c>
+      <c r="D246" s="4" t="s">
+        <v>229</v>
+      </c>
+      <c r="E246" s="4" t="s">
+        <v>612</v>
+      </c>
+      <c r="F246" s="4" t="s">
+        <v>148</v>
+      </c>
+      <c r="G246" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="H246" s="12" t="s">
+        <v>584</v>
       </c>
       <c r="I246" s="31">
-        <v>3</v>
-[...37 lines deleted...]
-        <v>243</v>
+        <v>2</v>
+      </c>
+      <c r="J246" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K246" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L246" s="15"/>
+      <c r="M246" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="247" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A247" s="4" t="s">
+        <v>582</v>
+      </c>
+      <c r="B247" s="4" t="s">
+        <v>519</v>
+      </c>
+      <c r="C247" s="13">
+        <v>82000379</v>
+      </c>
+      <c r="D247" s="4" t="s">
+        <v>546</v>
+      </c>
+      <c r="E247" s="4" t="s">
+        <v>547</v>
+      </c>
+      <c r="F247" s="15" t="s">
+        <v>127</v>
+      </c>
+      <c r="G247" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H247" s="12" t="s">
+        <v>127</v>
       </c>
       <c r="I247" s="31">
         <v>2</v>
       </c>
-      <c r="J247" s="7" t="s">
-[...8 lines deleted...]
-      <c r="M247" s="11">
+      <c r="J247" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K247" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L247" s="15"/>
+      <c r="M247" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="248" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A248" s="4" t="s">
+        <v>582</v>
+      </c>
+      <c r="B248" s="4" t="s">
+        <v>519</v>
+      </c>
+      <c r="C248" s="13">
+        <v>82001277</v>
+      </c>
+      <c r="D248" s="4" t="s">
+        <v>566</v>
+      </c>
+      <c r="E248" s="4" t="s">
+        <v>547</v>
+      </c>
+      <c r="F248" s="4" t="s">
+        <v>127</v>
+      </c>
+      <c r="G248" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H248" s="12" t="s">
+        <v>127</v>
+      </c>
+      <c r="I248" s="31">
+        <v>2</v>
+      </c>
+      <c r="J248" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K248" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L248" s="15"/>
+      <c r="M248" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="249" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A249" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B249" s="4" t="s">
         <v>12</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A248" s="7" t="s">
+      <c r="C249" s="11">
+        <v>83000030</v>
+      </c>
+      <c r="D249" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E249" s="4" t="s">
+        <v>616</v>
+      </c>
+      <c r="F249" s="4" t="s">
+        <v>130</v>
+      </c>
+      <c r="G249" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H249" s="12" t="s">
+        <v>130</v>
+      </c>
+      <c r="I249" s="31">
+        <v>2</v>
+      </c>
+      <c r="J249" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K249" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L249" s="15"/>
+      <c r="M249" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="250" spans="1:13" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A250" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="B250" s="4" t="s">
+        <v>168</v>
+      </c>
+      <c r="C250" s="5">
+        <v>82000190</v>
+      </c>
+      <c r="D250" s="4" t="s">
+        <v>194</v>
+      </c>
+      <c r="E250" s="4" t="s">
+        <v>195</v>
+      </c>
+      <c r="F250" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="G250" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H250" s="12" t="s">
+        <v>113</v>
+      </c>
+      <c r="I250" s="31">
+        <v>2</v>
+      </c>
+      <c r="J250" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K250" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L250" s="15"/>
+      <c r="M250" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="251" spans="1:13" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A251" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="B251" s="4" t="s">
+        <v>168</v>
+      </c>
+      <c r="C251" s="3">
+        <v>82000138</v>
+      </c>
+      <c r="D251" s="4" t="s">
+        <v>178</v>
+      </c>
+      <c r="E251" s="4" t="s">
+        <v>179</v>
+      </c>
+      <c r="F251" s="4" t="s">
+        <v>119</v>
+      </c>
+      <c r="G251" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="H251" s="12" t="s">
+        <v>116</v>
+      </c>
+      <c r="I251" s="31">
+        <v>2</v>
+      </c>
+      <c r="J251" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K251" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L251" s="15" t="s">
+        <v>696</v>
+      </c>
+      <c r="M251" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="252" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A252" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B252" s="4" t="s">
+        <v>286</v>
+      </c>
+      <c r="C252" s="5">
+        <v>82000559</v>
+      </c>
+      <c r="D252" s="4" t="s">
+        <v>355</v>
+      </c>
+      <c r="E252" s="4" t="s">
+        <v>356</v>
+      </c>
+      <c r="F252" s="4" t="s">
+        <v>130</v>
+      </c>
+      <c r="G252" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H252" s="12" t="s">
+        <v>130</v>
+      </c>
+      <c r="I252" s="31">
+        <v>2</v>
+      </c>
+      <c r="J252" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K252" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L252" s="15"/>
+      <c r="M252" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="253" spans="1:13" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A253" s="4" t="s">
         <v>11</v>
       </c>
-      <c r="B248" s="7" t="s">
-[...195 lines deleted...]
-        <v>460</v>
+      <c r="B253" s="4" t="s">
+        <v>12</v>
       </c>
       <c r="C253" s="5">
-        <v>82000126</v>
-[...14 lines deleted...]
-        <v>208</v>
+        <v>83000001</v>
+      </c>
+      <c r="D253" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="E253" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="F253" s="4" t="s">
+        <v>110</v>
+      </c>
+      <c r="G253" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H253" s="12" t="s">
+        <v>110</v>
       </c>
       <c r="I253" s="31">
-        <v>1</v>
-[...35 lines deleted...]
-        <v>208</v>
+        <v>2</v>
+      </c>
+      <c r="J253" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K253" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L253" s="15"/>
+      <c r="M253" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="254" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A254" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B254" s="4" t="s">
+        <v>283</v>
+      </c>
+      <c r="C254" s="11">
+        <v>82001212</v>
+      </c>
+      <c r="D254" s="4" t="s">
+        <v>431</v>
+      </c>
+      <c r="E254" s="4" t="s">
+        <v>432</v>
+      </c>
+      <c r="F254" s="4" t="s">
+        <v>155</v>
+      </c>
+      <c r="G254" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H254" s="12" t="s">
+        <v>155</v>
       </c>
       <c r="I254" s="31">
-        <v>1</v>
-[...35 lines deleted...]
-        <v>208</v>
+        <v>2</v>
+      </c>
+      <c r="J254" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K254" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L254" s="15"/>
+      <c r="M254" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="255" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A255" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="B255" s="4" t="s">
+        <v>168</v>
+      </c>
+      <c r="C255" s="3">
+        <v>82000146</v>
+      </c>
+      <c r="D255" s="4" t="s">
+        <v>184</v>
+      </c>
+      <c r="E255" s="4" t="s">
+        <v>185</v>
+      </c>
+      <c r="F255" s="4" t="s">
+        <v>142</v>
+      </c>
+      <c r="G255" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="H255" s="12" t="s">
+        <v>127</v>
       </c>
       <c r="I255" s="31">
-        <v>1</v>
-[...35 lines deleted...]
-        <v>208</v>
+        <v>2</v>
+      </c>
+      <c r="J255" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K255" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L255" s="15" t="s">
+        <v>692</v>
+      </c>
+      <c r="M255" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="256" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A256" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B256" s="4" t="s">
+        <v>300</v>
+      </c>
+      <c r="C256" s="11">
+        <v>82000749</v>
+      </c>
+      <c r="D256" s="4" t="s">
+        <v>331</v>
+      </c>
+      <c r="E256" s="4" t="s">
+        <v>414</v>
+      </c>
+      <c r="F256" s="4" t="s">
+        <v>115</v>
+      </c>
+      <c r="G256" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H256" s="12" t="s">
+        <v>115</v>
       </c>
       <c r="I256" s="31">
-        <v>1</v>
-[...35 lines deleted...]
-        <v>208</v>
+        <v>2</v>
+      </c>
+      <c r="J256" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K256" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L256" s="15"/>
+      <c r="M256" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="257" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A257" s="4" t="s">
+        <v>582</v>
+      </c>
+      <c r="B257" s="4" t="s">
+        <v>519</v>
+      </c>
+      <c r="C257" s="11">
+        <v>82000367</v>
+      </c>
+      <c r="D257" s="4" t="s">
+        <v>539</v>
+      </c>
+      <c r="E257" s="4" t="s">
+        <v>538</v>
+      </c>
+      <c r="F257" s="4" t="s">
+        <v>115</v>
+      </c>
+      <c r="G257" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H257" s="12" t="s">
+        <v>115</v>
       </c>
       <c r="I257" s="31">
-        <v>1</v>
-[...35 lines deleted...]
-        <v>208</v>
+        <v>2</v>
+      </c>
+      <c r="J257" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K257" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L257" s="15"/>
+      <c r="M257" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="258" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A258" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B258" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="C258" s="3">
+        <v>83000770</v>
+      </c>
+      <c r="D258" s="4" t="s">
+        <v>96</v>
+      </c>
+      <c r="E258" s="4" t="s">
+        <v>97</v>
+      </c>
+      <c r="F258" s="4" t="s">
+        <v>156</v>
+      </c>
+      <c r="G258" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H258" s="12" t="s">
+        <v>156</v>
       </c>
       <c r="I258" s="31">
-        <v>3</v>
-[...35 lines deleted...]
-        <v>208</v>
+        <v>2</v>
+      </c>
+      <c r="J258" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K258" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L258" s="15"/>
+      <c r="M258" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="259" spans="1:13" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A259" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B259" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="C259" s="3">
+        <v>83000019</v>
+      </c>
+      <c r="D259" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="E259" s="9" t="s">
+        <v>675</v>
+      </c>
+      <c r="F259" s="4" t="s">
+        <v>116</v>
+      </c>
+      <c r="G259" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H259" s="12" t="s">
+        <v>116</v>
       </c>
       <c r="I259" s="31">
-        <v>1</v>
-[...35 lines deleted...]
-        <v>208</v>
+        <v>2</v>
+      </c>
+      <c r="J259" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K259" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L259" s="15"/>
+      <c r="M259" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="260" spans="1:13" s="1" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+      <c r="A260" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B260" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="C260" s="3">
+        <v>83000019</v>
+      </c>
+      <c r="D260" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="E260" s="9" t="s">
+        <v>675</v>
+      </c>
+      <c r="F260" s="4" t="s">
+        <v>122</v>
+      </c>
+      <c r="G260" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="H260" s="12" t="s">
+        <v>116</v>
       </c>
       <c r="I260" s="31">
-        <v>1</v>
-[...35 lines deleted...]
-        <v>239</v>
+        <v>2</v>
+      </c>
+      <c r="J260" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K260" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L260" s="15" t="s">
+        <v>697</v>
+      </c>
+      <c r="M260" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="261" spans="1:13" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A261" s="4" t="s">
+        <v>582</v>
+      </c>
+      <c r="B261" s="4" t="s">
+        <v>519</v>
+      </c>
+      <c r="C261" s="13">
+        <v>82000404</v>
+      </c>
+      <c r="D261" s="4" t="s">
+        <v>397</v>
+      </c>
+      <c r="E261" s="4" t="s">
+        <v>558</v>
+      </c>
+      <c r="F261" s="4" t="s">
+        <v>110</v>
+      </c>
+      <c r="G261" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H261" s="12" t="s">
+        <v>110</v>
       </c>
       <c r="I261" s="31">
-        <v>1</v>
-[...37 lines deleted...]
-      <c r="I262" s="33">
         <v>2</v>
       </c>
-      <c r="J262" s="22" t="s">
-[...17 lines deleted...]
-      <c r="C263" s="9">
+      <c r="J261" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K261" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L261" s="15"/>
+      <c r="M261" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="262" spans="1:13" s="1" customFormat="1" ht="21" x14ac:dyDescent="0.25">
+      <c r="A262" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="B262" s="4" t="s">
+        <v>168</v>
+      </c>
+      <c r="C262" s="13">
+        <v>82000205</v>
+      </c>
+      <c r="D262" s="4" t="s">
+        <v>203</v>
+      </c>
+      <c r="E262" s="4" t="s">
+        <v>611</v>
+      </c>
+      <c r="F262" s="4" t="s">
+        <v>126</v>
+      </c>
+      <c r="G262" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H262" s="12" t="s">
+        <v>126</v>
+      </c>
+      <c r="I262" s="31">
+        <v>2</v>
+      </c>
+      <c r="J262" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K262" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L262" s="15"/>
+      <c r="M262" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="263" spans="1:13" s="1" customFormat="1" ht="90" x14ac:dyDescent="0.25">
+      <c r="A263" s="4" t="s">
+        <v>582</v>
+      </c>
+      <c r="B263" s="4" t="s">
+        <v>519</v>
+      </c>
+      <c r="C263" s="13">
+        <v>82000396</v>
+      </c>
+      <c r="D263" s="4" t="s">
+        <v>235</v>
+      </c>
+      <c r="E263" s="4" t="s">
+        <v>555</v>
+      </c>
+      <c r="F263" s="4" t="s">
+        <v>140</v>
+      </c>
+      <c r="G263" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H263" s="12" t="s">
+        <v>140</v>
+      </c>
+      <c r="I263" s="31">
+        <v>2</v>
+      </c>
+      <c r="J263" s="15" t="s">
+        <v>649</v>
+      </c>
+      <c r="K263" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L263" s="21" t="s">
+        <v>665</v>
+      </c>
+      <c r="M263" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="264" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A264" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="B264" s="4" t="s">
+        <v>168</v>
+      </c>
+      <c r="C264" s="11">
+        <v>82000139</v>
+      </c>
+      <c r="D264" s="4" t="s">
+        <v>180</v>
+      </c>
+      <c r="E264" s="4" t="s">
+        <v>181</v>
+      </c>
+      <c r="F264" s="4" t="s">
+        <v>142</v>
+      </c>
+      <c r="G264" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="H264" s="12" t="s">
+        <v>127</v>
+      </c>
+      <c r="I264" s="31">
+        <v>2</v>
+      </c>
+      <c r="J264" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K264" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L264" s="15" t="s">
+        <v>692</v>
+      </c>
+      <c r="M264" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="265" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A265" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B265" s="4" t="s">
+        <v>298</v>
+      </c>
+      <c r="C265" s="3">
         <v>82000640</v>
       </c>
-      <c r="D263" s="7" t="s">
-[...35 lines deleted...]
-      <c r="C264" s="5">
+      <c r="D265" s="4" t="s">
+        <v>385</v>
+      </c>
+      <c r="E265" s="4" t="s">
+        <v>386</v>
+      </c>
+      <c r="F265" s="12" t="s">
+        <v>146</v>
+      </c>
+      <c r="G265" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H265" s="12" t="s">
+        <v>146</v>
+      </c>
+      <c r="I265" s="31">
+        <v>2</v>
+      </c>
+      <c r="J265" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K265" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L265" s="15"/>
+      <c r="M265" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="266" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A266" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B266" s="4" t="s">
+        <v>288</v>
+      </c>
+      <c r="C266" s="11">
         <v>82000693</v>
       </c>
-      <c r="D264" s="7" t="s">
-[...90 lines deleted...]
-        <v>239</v>
+      <c r="D266" s="4" t="s">
+        <v>223</v>
+      </c>
+      <c r="E266" s="4" t="s">
+        <v>403</v>
+      </c>
+      <c r="F266" s="12" t="s">
+        <v>146</v>
+      </c>
+      <c r="G266" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H266" s="12" t="s">
+        <v>146</v>
       </c>
       <c r="I266" s="31">
         <v>2</v>
       </c>
-      <c r="J266" s="26" t="s">
-[...11 lines deleted...]
-      <c r="A267" s="7" t="s">
+      <c r="J266" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K266" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L266" s="15"/>
+      <c r="M266" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="267" spans="1:13" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A267" s="4" t="s">
         <v>11</v>
       </c>
-      <c r="B267" s="7" t="s">
+      <c r="B267" s="4" t="s">
         <v>12</v>
       </c>
-      <c r="C267" s="9">
+      <c r="C267" s="3">
         <v>83000004</v>
       </c>
-      <c r="D267" s="7" t="s">
-[...12 lines deleted...]
-        <v>190</v>
+      <c r="D267" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E267" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F267" s="12" t="s">
+        <v>113</v>
+      </c>
+      <c r="G267" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H267" s="12" t="s">
+        <v>113</v>
       </c>
       <c r="I267" s="31">
-        <v>1</v>
-[...35 lines deleted...]
-        <v>190</v>
+        <v>2</v>
+      </c>
+      <c r="J267" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K267" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L267" s="15"/>
+      <c r="M267" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="268" spans="1:13" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A268" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B268" s="4" t="s">
+        <v>301</v>
+      </c>
+      <c r="C268" s="11">
+        <v>82001272</v>
+      </c>
+      <c r="D268" s="4" t="s">
+        <v>436</v>
+      </c>
+      <c r="E268" s="4" t="s">
+        <v>437</v>
+      </c>
+      <c r="F268" s="4" t="s">
+        <v>140</v>
+      </c>
+      <c r="G268" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H268" s="12" t="s">
+        <v>140</v>
       </c>
       <c r="I268" s="31">
-        <v>1</v>
-[...35 lines deleted...]
-        <v>190</v>
+        <v>2</v>
+      </c>
+      <c r="J268" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K268" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L268" s="15" t="s">
+        <v>656</v>
+      </c>
+      <c r="M268" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="269" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A269" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B269" s="4" t="s">
+        <v>286</v>
+      </c>
+      <c r="C269" s="13">
+        <v>82003483</v>
+      </c>
+      <c r="D269" s="4" t="s">
+        <v>461</v>
+      </c>
+      <c r="E269" s="4" t="s">
+        <v>462</v>
+      </c>
+      <c r="F269" s="4" t="s">
+        <v>158</v>
+      </c>
+      <c r="G269" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H269" s="12" t="s">
+        <v>158</v>
       </c>
       <c r="I269" s="31">
         <v>2</v>
       </c>
-      <c r="J269" s="26" t="s">
-[...33 lines deleted...]
-        <v>190</v>
+      <c r="J269" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K269" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L269" s="15"/>
+      <c r="M269" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="270" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A270" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B270" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="C270" s="16">
+        <v>83000035</v>
+      </c>
+      <c r="D270" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="E270" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="F270" s="15" t="s">
+        <v>136</v>
+      </c>
+      <c r="G270" s="15" t="s">
+        <v>161</v>
+      </c>
+      <c r="H270" s="12" t="s">
+        <v>136</v>
       </c>
       <c r="I270" s="31">
-        <v>1</v>
-[...35 lines deleted...]
-        <v>190</v>
+        <v>2</v>
+      </c>
+      <c r="J270" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K270" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L270" s="15"/>
+      <c r="M270" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="271" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A271" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="B271" s="4" t="s">
+        <v>166</v>
+      </c>
+      <c r="C271" s="3">
+        <v>82000773</v>
+      </c>
+      <c r="D271" s="4" t="s">
+        <v>206</v>
+      </c>
+      <c r="E271" s="4" t="s">
+        <v>629</v>
+      </c>
+      <c r="F271" s="4" t="s">
+        <v>124</v>
+      </c>
+      <c r="G271" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H271" s="12" t="s">
+        <v>124</v>
       </c>
       <c r="I271" s="31">
-        <v>1</v>
-[...35 lines deleted...]
-        <v>190</v>
+        <v>2</v>
+      </c>
+      <c r="J271" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K271" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L271" s="15"/>
+      <c r="M271" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="272" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A272" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B272" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="C272" s="11">
+        <v>83000033</v>
+      </c>
+      <c r="D272" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E272" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="F272" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="G272" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="H272" s="12" t="s">
+        <v>111</v>
       </c>
       <c r="I272" s="31">
-        <v>1</v>
-[...16 lines deleted...]
-      <c r="B273" s="7" t="s">
+        <v>2</v>
+      </c>
+      <c r="J272" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K272" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L272" s="15" t="s">
+        <v>684</v>
+      </c>
+      <c r="M272" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="273" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A273" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B273" s="4" t="s">
+        <v>295</v>
+      </c>
+      <c r="C273" s="13">
+        <v>82000529</v>
+      </c>
+      <c r="D273" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="E273" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F273" s="4" t="s">
+        <v>111</v>
+      </c>
+      <c r="G273" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H273" s="12" t="s">
+        <v>111</v>
+      </c>
+      <c r="I273" s="31">
+        <v>2</v>
+      </c>
+      <c r="J273" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K273" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L273" s="15"/>
+      <c r="M273" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="274" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A274" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B274" s="4" t="s">
+        <v>283</v>
+      </c>
+      <c r="C274" s="11">
+        <v>82000548</v>
+      </c>
+      <c r="D274" s="4" t="s">
+        <v>350</v>
+      </c>
+      <c r="E274" s="4" t="s">
+        <v>351</v>
+      </c>
+      <c r="F274" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="G274" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="H274" s="12" t="s">
+        <v>111</v>
+      </c>
+      <c r="I274" s="31">
+        <v>2</v>
+      </c>
+      <c r="J274" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K274" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L274" s="15" t="s">
+        <v>684</v>
+      </c>
+      <c r="M274" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="275" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A275" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B275" s="4" t="s">
+        <v>286</v>
+      </c>
+      <c r="C275" s="5">
+        <v>84000457</v>
+      </c>
+      <c r="D275" s="4" t="s">
+        <v>477</v>
+      </c>
+      <c r="E275" s="4" t="s">
         <v>478</v>
       </c>
-      <c r="C273" s="9">
-[...93 lines deleted...]
-        <v>253</v>
+      <c r="F275" s="15" t="s">
+        <v>114</v>
+      </c>
+      <c r="G275" s="15" t="s">
+        <v>161</v>
+      </c>
+      <c r="H275" s="12" t="s">
+        <v>114</v>
       </c>
       <c r="I275" s="31">
         <v>2</v>
       </c>
-      <c r="J275" s="26" t="s">
-[...33 lines deleted...]
-        <v>248</v>
+      <c r="J275" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K275" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L275" s="15"/>
+      <c r="M275" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="276" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A276" s="4" t="s">
+        <v>582</v>
+      </c>
+      <c r="B276" s="4" t="s">
+        <v>519</v>
+      </c>
+      <c r="C276" s="11">
+        <v>82000375</v>
+      </c>
+      <c r="D276" s="4" t="s">
+        <v>542</v>
+      </c>
+      <c r="E276" s="4" t="s">
+        <v>543</v>
+      </c>
+      <c r="F276" s="4" t="s">
+        <v>130</v>
+      </c>
+      <c r="G276" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H276" s="12" t="s">
+        <v>130</v>
       </c>
       <c r="I276" s="31">
-        <v>1</v>
-[...35 lines deleted...]
-        <v>248</v>
+        <v>2</v>
+      </c>
+      <c r="J276" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K276" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L276" s="15"/>
+      <c r="M276" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="277" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A277" s="4" t="s">
+        <v>582</v>
+      </c>
+      <c r="B277" s="4" t="s">
+        <v>519</v>
+      </c>
+      <c r="C277" s="13">
+        <v>82000376</v>
+      </c>
+      <c r="D277" s="4" t="s">
+        <v>544</v>
+      </c>
+      <c r="E277" s="4" t="s">
+        <v>545</v>
+      </c>
+      <c r="F277" s="4" t="s">
+        <v>124</v>
+      </c>
+      <c r="G277" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H277" s="12" t="s">
+        <v>124</v>
       </c>
       <c r="I277" s="31">
-        <v>1</v>
-[...25 lines deleted...]
-      <c r="E278" s="7" t="s">
+        <v>2</v>
+      </c>
+      <c r="J277" s="15" t="s">
+        <v>649</v>
+      </c>
+      <c r="K277" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L277" s="15" t="s">
+        <v>654</v>
+      </c>
+      <c r="M277" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="278" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A278" s="4" t="s">
+        <v>582</v>
+      </c>
+      <c r="B278" s="4" t="s">
         <v>519</v>
       </c>
-      <c r="F278" s="7" t="s">
-[...6 lines deleted...]
-        <v>248</v>
+      <c r="C278" s="11">
+        <v>82000385</v>
+      </c>
+      <c r="D278" s="4" t="s">
+        <v>551</v>
+      </c>
+      <c r="E278" s="4" t="s">
+        <v>552</v>
+      </c>
+      <c r="F278" s="4" t="s">
+        <v>152</v>
+      </c>
+      <c r="G278" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H278" s="12" t="s">
+        <v>152</v>
       </c>
       <c r="I278" s="31">
-        <v>1</v>
-[...35 lines deleted...]
-        <v>248</v>
+        <v>2</v>
+      </c>
+      <c r="J278" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K278" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L278" s="15"/>
+      <c r="M278" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="279" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A279" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="B279" s="4" t="s">
+        <v>170</v>
+      </c>
+      <c r="C279" s="13">
+        <v>82000780</v>
+      </c>
+      <c r="D279" s="4" t="s">
+        <v>207</v>
+      </c>
+      <c r="E279" s="4" t="s">
+        <v>208</v>
+      </c>
+      <c r="F279" s="4" t="s">
+        <v>116</v>
+      </c>
+      <c r="G279" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H279" s="12" t="s">
+        <v>116</v>
       </c>
       <c r="I279" s="31">
         <v>2</v>
       </c>
-      <c r="J279" s="26" t="s">
-[...33 lines deleted...]
-        <v>221</v>
+      <c r="J279" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K279" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L279" s="15"/>
+      <c r="M279" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="280" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A280" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B280" s="4" t="s">
+        <v>299</v>
+      </c>
+      <c r="C280" s="3">
+        <v>84000670</v>
+      </c>
+      <c r="D280" s="4" t="s">
+        <v>496</v>
+      </c>
+      <c r="E280" s="4" t="s">
+        <v>497</v>
+      </c>
+      <c r="F280" s="4" t="s">
+        <v>127</v>
+      </c>
+      <c r="G280" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H280" s="12" t="s">
+        <v>127</v>
       </c>
       <c r="I280" s="31">
         <v>2</v>
       </c>
-      <c r="J280" s="26" t="s">
-[...33 lines deleted...]
-        <v>221</v>
+      <c r="J280" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K280" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L280" s="15"/>
+      <c r="M280" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="281" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A281" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B281" s="4" t="s">
+        <v>283</v>
+      </c>
+      <c r="C281" s="13">
+        <v>82002355</v>
+      </c>
+      <c r="D281" s="4" t="s">
+        <v>454</v>
+      </c>
+      <c r="E281" s="4" t="s">
+        <v>455</v>
+      </c>
+      <c r="F281" s="4" t="s">
+        <v>127</v>
+      </c>
+      <c r="G281" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H281" s="12" t="s">
+        <v>127</v>
       </c>
       <c r="I281" s="31">
-        <v>1</v>
-[...35 lines deleted...]
-        <v>221</v>
+        <v>2</v>
+      </c>
+      <c r="J281" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K281" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L281" s="15"/>
+      <c r="M281" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="282" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A282" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B282" s="4" t="s">
+        <v>298</v>
+      </c>
+      <c r="C282" s="13">
+        <v>82000652</v>
+      </c>
+      <c r="D282" s="4" t="s">
+        <v>388</v>
+      </c>
+      <c r="E282" s="4" t="s">
+        <v>389</v>
+      </c>
+      <c r="F282" s="4" t="s">
+        <v>142</v>
+      </c>
+      <c r="G282" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="H282" s="12" t="s">
+        <v>127</v>
       </c>
       <c r="I282" s="31">
-        <v>1</v>
-[...37 lines deleted...]
-        <v>221</v>
+        <v>2</v>
+      </c>
+      <c r="J282" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K282" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L282" s="15" t="s">
+        <v>692</v>
+      </c>
+      <c r="M282" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="283" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A283" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B283" s="4" t="s">
+        <v>297</v>
+      </c>
+      <c r="C283" s="3">
+        <v>82000616</v>
+      </c>
+      <c r="D283" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="E283" s="4" t="s">
+        <v>380</v>
+      </c>
+      <c r="F283" s="4" t="s">
+        <v>142</v>
+      </c>
+      <c r="G283" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="H283" s="12" t="s">
+        <v>127</v>
       </c>
       <c r="I283" s="31">
-        <v>1</v>
-[...37 lines deleted...]
-        <v>221</v>
+        <v>2</v>
+      </c>
+      <c r="J283" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K283" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L283" s="15" t="s">
+        <v>692</v>
+      </c>
+      <c r="M283" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="284" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A284" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="B284" s="4" t="s">
+        <v>168</v>
+      </c>
+      <c r="C284" s="5">
+        <v>82001149</v>
+      </c>
+      <c r="D284" s="4" t="s">
+        <v>223</v>
+      </c>
+      <c r="E284" s="4" t="s">
+        <v>224</v>
+      </c>
+      <c r="F284" s="4" t="s">
+        <v>146</v>
+      </c>
+      <c r="G284" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H284" s="12" t="s">
+        <v>146</v>
       </c>
       <c r="I284" s="31">
-        <v>1</v>
-[...35 lines deleted...]
-        <v>221</v>
+        <v>2</v>
+      </c>
+      <c r="J284" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K284" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L284" s="15"/>
+      <c r="M284" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="285" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A285" s="4" t="s">
+        <v>582</v>
+      </c>
+      <c r="B285" s="4" t="s">
+        <v>519</v>
+      </c>
+      <c r="C285" s="3">
+        <v>82000283</v>
+      </c>
+      <c r="D285" s="4" t="s">
+        <v>530</v>
+      </c>
+      <c r="E285" s="4" t="s">
+        <v>531</v>
+      </c>
+      <c r="F285" s="4" t="s">
+        <v>126</v>
+      </c>
+      <c r="G285" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H285" s="12" t="s">
+        <v>126</v>
       </c>
       <c r="I285" s="31">
         <v>2</v>
       </c>
-      <c r="J285" s="26" t="s">
-[...35 lines deleted...]
-        <v>221</v>
+      <c r="J285" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K285" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L285" s="15"/>
+      <c r="M285" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="286" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A286" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B286" s="4" t="s">
+        <v>283</v>
+      </c>
+      <c r="C286" s="5">
+        <v>84000676</v>
+      </c>
+      <c r="D286" s="4" t="s">
+        <v>501</v>
+      </c>
+      <c r="E286" s="4" t="s">
+        <v>502</v>
+      </c>
+      <c r="F286" s="4" t="s">
+        <v>150</v>
+      </c>
+      <c r="G286" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H286" s="12" t="s">
+        <v>150</v>
       </c>
       <c r="I286" s="31">
-        <v>1</v>
-[...15 lines deleted...]
-      <c r="A287" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="J286" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K286" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L286" s="15"/>
+      <c r="M286" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="287" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A287" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B287" s="4" t="s">
+        <v>288</v>
+      </c>
+      <c r="C287" s="11">
+        <v>82000634</v>
+      </c>
+      <c r="D287" s="4" t="s">
+        <v>384</v>
+      </c>
+      <c r="E287" s="4" t="s">
+        <v>639</v>
+      </c>
+      <c r="F287" s="4" t="s">
+        <v>148</v>
+      </c>
+      <c r="G287" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="H287" s="12" t="s">
+        <v>584</v>
+      </c>
+      <c r="I287" s="31">
+        <v>3</v>
+      </c>
+      <c r="J287" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K287" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L287" s="15"/>
+      <c r="M287" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="288" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A288" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="B288" s="4" t="s">
+        <v>168</v>
+      </c>
+      <c r="C288" s="11">
+        <v>82000138</v>
+      </c>
+      <c r="D288" s="4" t="s">
+        <v>178</v>
+      </c>
+      <c r="E288" s="4" t="s">
+        <v>179</v>
+      </c>
+      <c r="F288" s="4" t="s">
+        <v>116</v>
+      </c>
+      <c r="G288" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H288" s="12" t="s">
+        <v>116</v>
+      </c>
+      <c r="I288" s="31">
+        <v>3</v>
+      </c>
+      <c r="J288" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K288" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L288" s="15"/>
+      <c r="M288" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="289" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A289" s="4" t="s">
         <v>11</v>
       </c>
-      <c r="B287" s="7" t="s">
+      <c r="B289" s="4" t="s">
         <v>12</v>
       </c>
-      <c r="C287" s="5">
-[...5 lines deleted...]
-      <c r="E287" s="7" t="s">
+      <c r="C289" s="11">
+        <v>83000022</v>
+      </c>
+      <c r="D289" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="E289" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="F289" s="4" t="s">
+        <v>124</v>
+      </c>
+      <c r="G289" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H289" s="12" t="s">
+        <v>124</v>
+      </c>
+      <c r="I289" s="31">
+        <v>3</v>
+      </c>
+      <c r="J289" s="15" t="s">
+        <v>671</v>
+      </c>
+      <c r="K289" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L289" s="15" t="s">
+        <v>672</v>
+      </c>
+      <c r="M289" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="290" spans="1:13" s="1" customFormat="1" ht="21" x14ac:dyDescent="0.25">
+      <c r="A290" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="B290" s="4" t="s">
+        <v>168</v>
+      </c>
+      <c r="C290" s="11">
+        <v>82000108</v>
+      </c>
+      <c r="D290" s="4" t="s">
         <v>174</v>
       </c>
-      <c r="F287" s="7" t="s">
-[...123 lines deleted...]
-        <v>256</v>
+      <c r="E290" s="4" t="s">
+        <v>175</v>
+      </c>
+      <c r="F290" s="4" t="s">
+        <v>136</v>
+      </c>
+      <c r="G290" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H290" s="12" t="s">
+        <v>136</v>
       </c>
       <c r="I290" s="31">
-        <v>1</v>
-[...35 lines deleted...]
-        <v>256</v>
+        <v>3</v>
+      </c>
+      <c r="J290" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K290" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L290" s="15"/>
+      <c r="M290" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="291" spans="1:13" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A291" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B291" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="C291" s="3">
+        <v>83000019</v>
+      </c>
+      <c r="D291" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="E291" s="9" t="s">
+        <v>675</v>
+      </c>
+      <c r="F291" s="4" t="s">
+        <v>119</v>
+      </c>
+      <c r="G291" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="H291" s="12" t="s">
+        <v>116</v>
       </c>
       <c r="I291" s="31">
-        <v>1</v>
-[...13 lines deleted...]
-      <c r="A292" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="J291" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K291" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L291" s="15" t="s">
+        <v>696</v>
+      </c>
+      <c r="M291" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="292" spans="1:13" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A292" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B292" s="4" t="s">
+        <v>299</v>
+      </c>
+      <c r="C292" s="13">
+        <v>82001148</v>
+      </c>
+      <c r="D292" s="4" t="s">
+        <v>423</v>
+      </c>
+      <c r="E292" s="4" t="s">
+        <v>424</v>
+      </c>
+      <c r="F292" s="4" t="s">
+        <v>136</v>
+      </c>
+      <c r="G292" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H292" s="12" t="s">
+        <v>136</v>
+      </c>
+      <c r="I292" s="31">
+        <v>3</v>
+      </c>
+      <c r="J292" s="15" t="s">
+        <v>671</v>
+      </c>
+      <c r="K292" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L292" s="15" t="s">
+        <v>711</v>
+      </c>
+      <c r="M292" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="293" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A293" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B293" s="4" t="s">
+        <v>284</v>
+      </c>
+      <c r="C293" s="11">
+        <v>84000458</v>
+      </c>
+      <c r="D293" s="4" t="s">
+        <v>479</v>
+      </c>
+      <c r="E293" s="4" t="s">
+        <v>480</v>
+      </c>
+      <c r="F293" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="G293" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="H293" s="12" t="s">
+        <v>111</v>
+      </c>
+      <c r="I293" s="31">
+        <v>3</v>
+      </c>
+      <c r="J293" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K293" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L293" s="15" t="s">
+        <v>684</v>
+      </c>
+      <c r="M293" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="294" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A294" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B294" s="4" t="s">
+        <v>288</v>
+      </c>
+      <c r="C294" s="11">
+        <v>82000486</v>
+      </c>
+      <c r="D294" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="E294" s="4" t="s">
+        <v>339</v>
+      </c>
+      <c r="F294" s="4" t="s">
+        <v>127</v>
+      </c>
+      <c r="G294" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H294" s="12" t="s">
+        <v>127</v>
+      </c>
+      <c r="I294" s="31">
+        <v>3</v>
+      </c>
+      <c r="J294" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K294" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L294" s="15" t="s">
+        <v>657</v>
+      </c>
+      <c r="M294" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="295" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A295" s="4" t="s">
+        <v>582</v>
+      </c>
+      <c r="B295" s="4" t="s">
+        <v>519</v>
+      </c>
+      <c r="C295" s="5">
+        <v>82000380</v>
+      </c>
+      <c r="D295" s="4" t="s">
+        <v>548</v>
+      </c>
+      <c r="E295" s="4" t="s">
+        <v>549</v>
+      </c>
+      <c r="F295" s="4" t="s">
+        <v>146</v>
+      </c>
+      <c r="G295" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H295" s="12" t="s">
+        <v>146</v>
+      </c>
+      <c r="I295" s="31">
+        <v>3</v>
+      </c>
+      <c r="J295" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K295" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L295" s="15"/>
+      <c r="M295" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="296" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A296" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B296" s="4" t="s">
+        <v>288</v>
+      </c>
+      <c r="C296" s="5">
+        <v>82000696</v>
+      </c>
+      <c r="D296" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="E296" s="4" t="s">
+        <v>405</v>
+      </c>
+      <c r="F296" s="4" t="s">
+        <v>150</v>
+      </c>
+      <c r="G296" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H296" s="12" t="s">
+        <v>150</v>
+      </c>
+      <c r="I296" s="31">
+        <v>4</v>
+      </c>
+      <c r="J296" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K296" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L296" s="15" t="s">
+        <v>661</v>
+      </c>
+      <c r="M296" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="297" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A297" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="B297" s="4" t="s">
+        <v>168</v>
+      </c>
+      <c r="C297" s="5">
+        <v>82000176</v>
+      </c>
+      <c r="D297" s="4" t="s">
+        <v>190</v>
+      </c>
+      <c r="E297" s="4" t="s">
+        <v>191</v>
+      </c>
+      <c r="F297" s="4" t="s">
+        <v>150</v>
+      </c>
+      <c r="G297" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H297" s="12" t="s">
+        <v>150</v>
+      </c>
+      <c r="I297" s="31">
+        <v>4</v>
+      </c>
+      <c r="J297" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K297" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L297" s="15"/>
+      <c r="M297" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="298" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A298" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="B298" s="4" t="s">
+        <v>168</v>
+      </c>
+      <c r="C298" s="13">
+        <v>82000146</v>
+      </c>
+      <c r="D298" s="4" t="s">
+        <v>184</v>
+      </c>
+      <c r="E298" s="4" t="s">
+        <v>185</v>
+      </c>
+      <c r="F298" s="4" t="s">
+        <v>127</v>
+      </c>
+      <c r="G298" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H298" s="12" t="s">
+        <v>127</v>
+      </c>
+      <c r="I298" s="31">
+        <v>4</v>
+      </c>
+      <c r="J298" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K298" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L298" s="15"/>
+      <c r="M298" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="299" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A299" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="B299" s="4" t="s">
+        <v>168</v>
+      </c>
+      <c r="C299" s="13">
+        <v>84000050</v>
+      </c>
+      <c r="D299" s="4" t="s">
+        <v>264</v>
+      </c>
+      <c r="E299" s="4" t="s">
+        <v>265</v>
+      </c>
+      <c r="F299" s="4" t="s">
+        <v>115</v>
+      </c>
+      <c r="G299" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H299" s="12" t="s">
+        <v>115</v>
+      </c>
+      <c r="I299" s="31">
+        <v>4</v>
+      </c>
+      <c r="J299" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K299" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L299" s="15"/>
+      <c r="M299" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="300" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A300" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B300" s="4" t="s">
+        <v>284</v>
+      </c>
+      <c r="C300" s="13">
+        <v>82000735</v>
+      </c>
+      <c r="D300" s="4" t="s">
+        <v>212</v>
+      </c>
+      <c r="E300" s="4" t="s">
+        <v>412</v>
+      </c>
+      <c r="F300" s="4" t="s">
+        <v>150</v>
+      </c>
+      <c r="G300" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H300" s="12" t="s">
+        <v>150</v>
+      </c>
+      <c r="I300" s="31">
+        <v>5</v>
+      </c>
+      <c r="J300" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K300" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L300" s="15"/>
+      <c r="M300" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="301" spans="1:13" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A301" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B301" s="4" t="s">
+        <v>286</v>
+      </c>
+      <c r="C301" s="13">
+        <v>82000583</v>
+      </c>
+      <c r="D301" s="4" t="s">
+        <v>212</v>
+      </c>
+      <c r="E301" s="4" t="s">
+        <v>369</v>
+      </c>
+      <c r="F301" s="4" t="s">
+        <v>150</v>
+      </c>
+      <c r="G301" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H301" s="12" t="s">
+        <v>150</v>
+      </c>
+      <c r="I301" s="31">
+        <v>5</v>
+      </c>
+      <c r="J301" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K301" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L301" s="15" t="s">
+        <v>713</v>
+      </c>
+      <c r="M301" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="302" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A302" s="15" t="s">
+        <v>278</v>
+      </c>
+      <c r="B302" s="15" t="s">
+        <v>593</v>
+      </c>
+      <c r="C302" s="16" t="s">
+        <v>633</v>
+      </c>
+      <c r="D302" s="15" t="s">
+        <v>594</v>
+      </c>
+      <c r="E302" s="15" t="s">
+        <v>595</v>
+      </c>
+      <c r="F302" s="15" t="s">
+        <v>129</v>
+      </c>
+      <c r="G302" s="15" t="s">
+        <v>161</v>
+      </c>
+      <c r="H302" s="15" t="s">
+        <v>129</v>
+      </c>
+      <c r="I302" s="31">
+        <v>5</v>
+      </c>
+      <c r="J302" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K302" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L302" s="15"/>
+      <c r="M302" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="303" spans="1:13" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A303" s="4" t="s">
         <v>11</v>
       </c>
-      <c r="B292" s="7" t="s">
+      <c r="B303" s="4" t="s">
         <v>12</v>
       </c>
-      <c r="C292" s="5">
-[...227 lines deleted...]
-      <c r="A298" s="7" t="s">
+      <c r="C303" s="13">
+        <v>83000336</v>
+      </c>
+      <c r="D303" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="E303" s="4" t="s">
+        <v>84</v>
+      </c>
+      <c r="F303" s="4" t="s">
+        <v>142</v>
+      </c>
+      <c r="G303" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="H303" s="12" t="s">
+        <v>127</v>
+      </c>
+      <c r="I303" s="31">
+        <v>5</v>
+      </c>
+      <c r="J303" s="15" t="s">
+        <v>649</v>
+      </c>
+      <c r="K303" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L303" s="15" t="s">
+        <v>693</v>
+      </c>
+      <c r="M303" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="304" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A304" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="B304" s="4" t="s">
+        <v>168</v>
+      </c>
+      <c r="C304" s="5">
+        <v>82001408</v>
+      </c>
+      <c r="D304" s="4" t="s">
+        <v>232</v>
+      </c>
+      <c r="E304" s="4" t="s">
+        <v>233</v>
+      </c>
+      <c r="F304" s="4" t="s">
+        <v>150</v>
+      </c>
+      <c r="G304" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H304" s="12" t="s">
+        <v>150</v>
+      </c>
+      <c r="I304" s="31">
+        <v>6</v>
+      </c>
+      <c r="J304" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K304" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L304" s="15"/>
+      <c r="M304" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="305" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A305" s="4" t="s">
         <v>11</v>
       </c>
-      <c r="B298" s="7" t="s">
+      <c r="B305" s="4" t="s">
         <v>12</v>
       </c>
-      <c r="C298" s="5">
-[...290 lines deleted...]
-        <v>215</v>
+      <c r="C305" s="11">
+        <v>83000288</v>
+      </c>
+      <c r="D305" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="E305" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="F305" s="4" t="s">
+        <v>150</v>
+      </c>
+      <c r="G305" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H305" s="12" t="s">
+        <v>150</v>
       </c>
       <c r="I305" s="31">
-        <v>1</v>
-[...35 lines deleted...]
-        <v>215</v>
+        <v>8</v>
+      </c>
+      <c r="J305" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K305" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L305" s="15"/>
+      <c r="M305" s="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="306" spans="1:13" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A306" s="4" t="s">
+        <v>582</v>
+      </c>
+      <c r="B306" s="4" t="s">
+        <v>519</v>
+      </c>
+      <c r="C306" s="3">
+        <v>82000397</v>
+      </c>
+      <c r="D306" s="4" t="s">
+        <v>212</v>
+      </c>
+      <c r="E306" s="4" t="s">
+        <v>556</v>
+      </c>
+      <c r="F306" s="4" t="s">
+        <v>150</v>
+      </c>
+      <c r="G306" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H306" s="12" t="s">
+        <v>150</v>
       </c>
       <c r="I306" s="31">
-        <v>1</v>
-[...8849 lines deleted...]
-      <c r="M527" s="11">
+        <v>9</v>
+      </c>
+      <c r="J306" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="K306" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L306" s="15" t="s">
+        <v>652</v>
+      </c>
+      <c r="M306" s="15">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="5" type="noConversion"/>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="35" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Plages nommées</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
-      <vt:lpstr>POSTES DJ NOV 25</vt:lpstr>
-      <vt:lpstr>'POSTES DJ NOV 25'!Impression_des_titres</vt:lpstr>
+      <vt:lpstr>POSTES A OUVRIR MAI 26</vt:lpstr>
+      <vt:lpstr>'POSTES A OUVRIR MAI 26'!Impression_des_titres</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Ministeres Sociaux</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>LEVE, Aurore (ARS-ARA)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>